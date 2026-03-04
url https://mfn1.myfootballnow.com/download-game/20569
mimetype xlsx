--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -284,78 +284,78 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>JAX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 19-Robert Davis kicks 73 yards from HOU 35 to JAX -8. Touchback.</t>
   </si>
   <si>
     <t>#42 Jose Jordan - RB</t>
   </si>
   <si>
-    <t>#95 John Noe - WLB</t>
-[...5 lines deleted...]
-    <t>#58 John Gray - RDE</t>
+    <t>#95 John Noe - DT</t>
+  </si>
+  <si>
+    <t>#50 Robert Coker - LDE</t>
+  </si>
+  <si>
+    <t>#58 John Gray - LDE</t>
   </si>
   <si>
     <t>#52 Fernando Noe - MLB</t>
   </si>
   <si>
-    <t>#75 Carl Villegas - RDE</t>
+    <t>#75 Carl Villegas - DT</t>
   </si>
   <si>
     <t>#41 Michael Hopes - SS</t>
   </si>
   <si>
     <t>#70 Matthew Dragoo - DT</t>
   </si>
   <si>
     <t>#65 Keith Frazier - DT</t>
   </si>
   <si>
-    <t>#27 John Putnam - CB</t>
-[...2 lines deleted...]
-    <t>#29 Kenneth Debusk - CB</t>
+    <t>#27 John Putnam - DT</t>
+  </si>
+  <si>
+    <t>#29 Kenneth Debusk - DT</t>
   </si>
   <si>
     <t>#19 Robert Davis - K</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JAX 25</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 25 (15:00) 15-Damian Barnett pass Pass knocked down by 29-Carlos Hanks. incomplete, intended for 83-Brady James.</t>
   </si>
   <si>
     <t>#15 Damian Barnett - QB</t>
   </si>
   <si>
     <t>#38 David McLaughlin - FB</t>
   </si>
@@ -365,63 +365,63 @@
   <si>
     <t>#85 Dennis Holder - WR</t>
   </si>
   <si>
     <t>#12 Lee Jacobsen - WR</t>
   </si>
   <si>
     <t>#59 Raymond Hill - LT</t>
   </si>
   <si>
     <t>#77 John Garcia - LG</t>
   </si>
   <si>
     <t>#73 Daren Barrientos - C</t>
   </si>
   <si>
     <t>#76 Oliver Murphy - RG</t>
   </si>
   <si>
     <t>#62 Joshua Ng - RT</t>
   </si>
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
-    <t>#98 Marion Chatterton - DT</t>
+    <t>#53 Marion Chatterton - DT</t>
   </si>
   <si>
     <t>#95 Vernon Bang - DT</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
   <si>
     <t>#53 Roger Price - MLB</t>
   </si>
   <si>
-    <t>#51 Andrew Turner - WLB</t>
+    <t>#41 Andrew Turner - WLB</t>
   </si>
   <si>
     <t>#29 Carlos Hanks - CB</t>
   </si>
   <si>
     <t>#23 Odis Stroud - CB</t>
   </si>
   <si>
     <t>#38 Jacob Hoffman - SS</t>
   </si>
   <si>
     <t>#47 Tristan Herman - SS</t>
   </si>
   <si>
     <t>#27 Stephen Martin - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Singleback Empty 4 Slot Crosses</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
@@ -449,243 +449,243 @@
   <si>
     <t>3-18-JAX 17 (14:16) 42-Jose Jordan ran to JAX 24 for 7 yards. Tackle by 53-Roger Price.</t>
   </si>
   <si>
     <t>#93 Jeff Miller - SLB</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>JAX 24</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-JAX 24 (13:30) 6-Jerome Shearer punts 43 yards to HOU 33. 10-Christopher Gaither to HOU 41 for 8 yards. Tackle by 58-John Gray. HOU 47-Tristan Herman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#6 Jerome Shearer - P</t>
   </si>
   <si>
-    <t>#84 John Gross - TE</t>
+    <t>#84 John Gross - FB</t>
   </si>
   <si>
     <t>#10 Christopher Gaither - WR</t>
   </si>
   <si>
     <t>#75 David Powell - LDE</t>
   </si>
   <si>
     <t>13:21</t>
   </si>
   <si>
     <t>HOU 41</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-HOU 41 (13:22) 5-Howard Ahmad pass complete to 44-David Ambrose to HOU 44 for 3 yards. Tackle by 90-John Richards. 44-David Ambrose did some fancy footwork there.</t>
   </si>
   <si>
     <t>#5 Howard Ahmad - QB</t>
   </si>
   <si>
     <t>#36 Edward Samuel - RB</t>
   </si>
   <si>
-    <t>#44 David Ambrose - FB</t>
+    <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#87 Anthony Ulrich - TE</t>
   </si>
   <si>
     <t>#15 Ernest Steele - WR</t>
   </si>
   <si>
     <t>#76 Tom Denson - LT</t>
   </si>
   <si>
     <t>#64 Paul Crandell - LG</t>
   </si>
   <si>
-    <t>#70 John Brown - C</t>
+    <t>#59 John Brown - C</t>
   </si>
   <si>
     <t>#65 Clifford Battin - RG</t>
   </si>
   <si>
     <t>#72 Vincent Jolly - RT</t>
   </si>
   <si>
     <t>#69 Jay Oxley - LDE</t>
   </si>
   <si>
     <t>#78 Terence Vogel - DT</t>
   </si>
   <si>
     <t>#92 Marcus Reisinger - LDE</t>
   </si>
   <si>
-    <t>#90 John Richards - SLB</t>
-[...2 lines deleted...]
-    <t>#46 Bryan Hutchins - FS</t>
+    <t>#90 John Richards - LDE</t>
+  </si>
+  <si>
+    <t>#46 Bryan Hutchins - DT</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>HOU 44</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-7-HOU 44 (12:42) 36-Edward Samuel ran to HOU 43 for -1 yards. Tackle by 50-Robert Coker.</t>
   </si>
   <si>
-    <t>#17 Todd Ayers - WR</t>
+    <t>#87 Todd Ayers - WR</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>HOU 43</t>
   </si>
   <si>
     <t>Singleback Normal FL Drag</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-8-HOU 43 (11:58) 5-Howard Ahmad sacked at HOU 34 for -9 yards (69-Jay Oxley). Sack allowed by 72-Vincent Jolly.</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>HOU 34</t>
   </si>
   <si>
     <t>4-17-HOU 34 (11:19) 14-Mathew Steffens punts 44 yards to JAX 22. Fair Catch by 42-Jose Jordan.</t>
   </si>
   <si>
     <t>#14 Mathew Steffens - P</t>
   </si>
   <si>
-    <t>#73 David Ross - RT</t>
+    <t>#70 David Ross - RT</t>
   </si>
   <si>
     <t>#63 Bobby Watkins - RG</t>
   </si>
   <si>
     <t>#60 Gerald Johnson - C</t>
   </si>
   <si>
     <t>#56 Ray Rhea - LG</t>
   </si>
   <si>
     <t>#49 Edward Holmes - FS</t>
   </si>
   <si>
     <t>11:11</t>
   </si>
   <si>
     <t>JAX 22</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 22 (11:12) 15-Damian Barnett pass Pass knocked down by 23-Odis Stroud. incomplete, intended for 12-Lee Jacobsen.</t>
   </si>
   <si>
     <t>#24 Kenneth Tomasini - CB</t>
   </si>
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>2-10-JAX 22 (11:09) 15-Damian Barnett pass Pass knocked down by 93-Jeff Miller. incomplete, intended for 87-Donald Sherlock.</t>
   </si>
   <si>
-    <t>#87 Donald Sherlock - TE</t>
+    <t>#41 Donald Sherlock - FB</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-10-JAX 22 (11:06) 42-Jose Jordan ran to JAX 29 for 7 yards. Tackle by 95-Vernon Bang.</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>JAX 29</t>
   </si>
   <si>
     <t>4-3-JAX 29 (10:29) 6-Jerome Shearer punts 46 yards to HOU 25. 10-Christopher Gaither to HOU 34 for 9 yards. Tackle by 62-Joshua Ng.</t>
   </si>
   <si>
     <t>#21 Howard McCabe - RB</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-HOU 34 (10:20) 36-Edward Samuel ran to HOU 42 for 8 yards. Tackle by 46-Bryan Hutchins.</t>
   </si>
   <si>
-    <t>#40 Eugene Andersen - FB</t>
-[...2 lines deleted...]
-    <t>#83 Stevie Manning - TE</t>
+    <t>#34 Eugene Andersen - FB</t>
+  </si>
+  <si>
+    <t>#80 Stevie Manning - TE</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>HOU 42</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-2-HOU 42 (9:40) 36-Edward Samuel ran to HOU 47 for 5 yards. Tackle by 29-Kenneth Debusk.</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>HOU 47</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
@@ -920,78 +920,78 @@
   <si>
     <t>2-3-JAX 30 (0:49) 36-Edward Samuel ran to JAX 31 for -1 yards. Tackle by 90-John Richards.</t>
   </si>
   <si>
     <t>0:15</t>
   </si>
   <si>
     <t>JAX 31</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>3-4-JAX 31 (0:14) 5-Howard Ahmad pass Pass knocked down by 46-Bryan Hutchins. incomplete, intended for 87-Anthony Ulrich. PENALTY - Holding (HOU 64-Paul Crandell)</t>
   </si>
   <si>
     <t>0:09</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-14-JAX 41 (0:10) 5-Howard Ahmad pass complete to 17-Todd Ayers for 41 yards. TOUCHDOWN! PENALTY - Holding (HOU 44-David Ambrose)</t>
   </si>
   <si>
-    <t>#94 Alfonso King - MLB</t>
-[...2 lines deleted...]
-    <t>#33 Jeremy Smith - CB</t>
+    <t>#94 Alfonso King - DT</t>
+  </si>
+  <si>
+    <t>#33 Jeremy Smith - DT</t>
   </si>
   <si>
     <t>#20 William Coakley - SS</t>
   </si>
   <si>
     <t>0:02</t>
   </si>
   <si>
     <t>HOU 49</t>
   </si>
   <si>
     <t>Singleback Normal All Go</t>
   </si>
   <si>
     <t>3-24-HOU 49 (0:03) 5-Howard Ahmad sacked at HOU 44 for -4 yards (58-John Gray). Sack allowed by 76-Tom Denson.</t>
   </si>
   <si>
     <t>#82 Rafael Cuomo - WR</t>
   </si>
   <si>
     <t>#88 Harrison Ward - WR</t>
   </si>
   <si>
-    <t>#91 Michael McDowell - SLB</t>
+    <t>#91 Michael McDowell - DT</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>4-28-HOU 44 (15:00) 14-Mathew Steffens punts 48 yards to JAX 8. 42-Jose Jordan to JAX 12 for 4 yards. Tackle by 29-Carlos Hanks.</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>JAX 12</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>1-10-JAX 12 (14:52) 15-Damian Barnett pass complete to 12-Lee Jacobsen to JAX 23 for 11 yards. Tackle by 93-Jeff Miller. 23-Odis Stroud got away with a hold on that play.</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
@@ -1133,51 +1133,51 @@
   <si>
     <t>3-4-HOU 7 (8:52) 42-Jose Jordan ran to HOU 7 for a short loss. Tackle by 96-Howard Dark.</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-HOU 7 (8:19) 14-Thomas McFarland 25 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#2 Raymond Evans - P</t>
   </si>
   <si>
     <t>#14 Thomas McFarland - K</t>
   </si>
   <si>
     <t>#71 Jesse Reid - C</t>
   </si>
   <si>
-    <t>#43 Kermit Price - FS</t>
+    <t>#37 Kermit Price - CB</t>
   </si>
   <si>
     <t>#57 Clay Turbeville - WLB</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>HOU 20</t>
   </si>
   <si>
     <t>1-10-HOU 20 (8:16) 5-Howard Ahmad pass complete to 10-Christopher Gaither to HOU 21 for 1 yards. Tackle by 29-Kenneth Debusk. Pressure by 69-Jay Oxley.</t>
   </si>
   <si>
     <t>7:32</t>
   </si>
   <si>
     <t>HOU 21</t>
   </si>
   <si>
     <t>2-9-HOU 21 (7:31) 36-Edward Samuel ran to HOU 22 for 1 yards. Tackle by 52-Fernando Noe.</t>
   </si>
   <si>
     <t>HOU 22</t>
   </si>
@@ -1499,51 +1499,51 @@
   <si>
     <t>JAX 47</t>
   </si>
   <si>
     <t>1-10-JAX 47 (6:33) 36-Edward Samuel ran to JAX 41 for 6 yards. Tackle by 33-Jeremy Smith. HOU 87-Anthony Ulrich was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:56</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>2-4-JAX 41 (5:55) 5-Howard Ahmad pass complete to 10-Christopher Gaither to JAX 38 for 2 yards. Tackle by 20-William Coakley. Great move by 10-Christopher Gaither to get free of his coverage. Pressure by 70-Matthew Dragoo. HOU 76-Tom Denson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:13</t>
   </si>
   <si>
     <t>JAX 38</t>
   </si>
   <si>
     <t>3-2-JAX 38 (5:12) 36-Edward Samuel ran to JAX 40 for -1 yards. Tackle by 50-Robert Coker.</t>
   </si>
   <si>
-    <t>#74 Frank McRoy - LT</t>
+    <t>#77 Frank McRoy - LT</t>
   </si>
   <si>
     <t>4:34</t>
   </si>
   <si>
     <t>4-3-JAX 40 (4:33) 14-Mathew Steffens punts 30 yards to JAX 9.</t>
   </si>
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>1-10-JAX 9 (4:26) 42-Jose Jordan ran to JAX 15 for 6 yards. Tackle by 92-Eli Johnson.</t>
   </si>
   <si>
     <t>3:42</t>
   </si>
   <si>
     <t>JAX 15</t>
   </si>
   <si>
     <t>2-4-JAX 15 (3:41) 28-Damien Nash ran to JAX 17 for 2 yards. Tackle by 47-Tristan Herman.</t>
   </si>
   <si>
     <t>3-2-JAX 17 (2:58) 15-Damian Barnett pass incomplete, the ball was thrown away. Pressure by 92-Eli Johnson.</t>
   </si>
@@ -1862,51 +1862,51 @@
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>4-13-JAX 49 (0:48) 5-Howard Ahmad sacked at HOU 41 for -10 yards (58-John Gray). Sack allowed by 76-Tom Denson. Turnover on downs.</t>
   </si>
   <si>
     <t>0:44</t>
   </si>
   <si>
     <t>1-10-HOU 41 (0:45) 42-Jose Jordan ran to HOU 32 for 8 yards. Tackle by 27-Stephen Martin.</t>
   </si>
   <si>
     <t>0:39</t>
   </si>
   <si>
     <t>Victory</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>2-2-HOU 32 (0:40) 15-Damian Barnett kneeled down to HOU 32 for -0 yards.</t>
   </si>
   <si>
-    <t>#41 Chester Highsmith - CB</t>
+    <t>#21 Chester Highsmith - CB</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-2-HOU 32 (0:08) 15-Damian Barnett kneeled down to HOU 32 for -0 yards.</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2262,54 +2262,54 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="364.482" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="24.708" bestFit="true" customWidth="true" style="0"/>