--- v0 (2026-01-09)
+++ v1 (2026-02-16)
@@ -446,51 +446,51 @@
   <si>
     <t>#20 Mike McCarthy - CB</t>
   </si>
   <si>
     <t>#36 Ruben Lopez - SS</t>
   </si>
   <si>
     <t>#34 Peter Burgess - CB</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>NYN 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-3-NYN 32 (13:40) 36-Christopher Fry ran to NYN 37 for 5 yards. Tackle by 34-Peter Burgess.</t>
   </si>
   <si>
-    <t>#36 Christopher Fry - RB</t>
+    <t>#49 Christopher Fry - RB</t>
   </si>
   <si>
     <t>#12 Nick Terry - WR</t>
   </si>
   <si>
     <t>#98 David Levinson - LDE</t>
   </si>
   <si>
     <t>#50 Ron Slater - SLB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>NYN 37</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 37 (13:03) 30-Troy Rivers ran to NYN 39 for 2 yards. Tackle by 94-Edward Hall.</t>
   </si>
@@ -602,123 +602,123 @@
   <si>
     <t>MIA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:11) Extra point GOOD by 3-Jonathan McCord. NYN 64-Mike Roberts was injured on the play. He looks like he should be able to return. NYN 7 MIA 0</t>
   </si>
   <si>
     <t>#2 Doyle Armstrong - P</t>
   </si>
   <si>
     <t>#3 Jonathan McCord - K</t>
   </si>
   <si>
     <t>#63 Harlan Mills - C</t>
   </si>
   <si>
     <t>#58 Chris Barrett - RDE</t>
   </si>
   <si>
-    <t>#18 Peter Black - WR</t>
+    <t>#7 Peter Black - WR</t>
   </si>
   <si>
     <t>#47 Keith Napoli - RB</t>
   </si>
   <si>
     <t>#95 Greg Stanley - MLB</t>
   </si>
   <si>
     <t>#86 Julius Watts - TE</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(10:11) 3-Jonathan McCord kicks 73 yards from NYN 35 to MIA -8. 47-Keith Napoli to MIA 36 for 45 yards. Tackle by 55-Dennis Goodman.</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>MIA 36</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MIA 36 (10:04) 5-Tommy Arnold pass Pass knocked down by 47-Jamie Miller. incomplete, intended for 11-David Cooper.</t>
   </si>
   <si>
     <t>#5 Tommy Arnold - QB</t>
   </si>
   <si>
     <t>#42 Matthew Ulmer - RB</t>
   </si>
   <si>
     <t>#44 Ollie Vick - FB</t>
   </si>
   <si>
     <t>#11 David Cooper - WR</t>
   </si>
   <si>
-    <t>#70 George McCallum - LT</t>
-[...2 lines deleted...]
-    <t>#61 Kevin Guillory - C</t>
+    <t>#72 George McCallum - RT</t>
+  </si>
+  <si>
+    <t>#71 Kevin Guillory - LT</t>
   </si>
   <si>
     <t>#73 Michael Holmes - C</t>
   </si>
   <si>
     <t>#74 Theodore Clark - LT</t>
   </si>
   <si>
-    <t>#78 Victor Jandreau - RT</t>
+    <t>#61 Victor Jandreau - RG</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
-    <t>#91 Kyle Connor - DT</t>
+    <t>#69 Kyle Connor - DT</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
     <t>#95 Richard Chapin - RDE</t>
   </si>
   <si>
-    <t>#52 Jose Lewis - SLB</t>
+    <t>#98 Jose Lewis - SLB</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>#47 Jamie Miller - CB</t>
   </si>
   <si>
     <t>#26 James Blackwell - FS</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>2-10-MIA 36 (10:01) 5-Tommy Arnold pass Pass knocked down by 20-Johnny Pace. incomplete, intended for 86-Julius Watts.</t>
   </si>
   <si>
     <t>#14 Leroy Castillo - WR</t>
   </si>
@@ -797,51 +797,51 @@
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>3-10-NYN 39 (8:21) 5-Tommy Arnold sacked at NYN 46 for -8 yards (97-Robert McCullough). Sack allowed by 73-Michael Holmes.</t>
   </si>
   <si>
     <t>7:40</t>
   </si>
   <si>
     <t>NYN 46</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-NYN 46 (7:39) 6-Kenneth Hammond punts 42 yards to NYN 5.</t>
   </si>
   <si>
     <t>#6 Kenneth Hammond - P</t>
   </si>
   <si>
-    <t>#75 William Sasse - RT</t>
+    <t>#75 William Sasse - LT</t>
   </si>
   <si>
     <t>#81 Charles Fontenot - TE</t>
   </si>
   <si>
     <t>#99 Andrew Ray - LDE</t>
   </si>
   <si>
     <t>7:31</t>
   </si>
   <si>
     <t>NYN 5</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NYN 5 (7:32) 9-Thomas Parsley pass complete to 89-Earl Polson to NYN 15 for 10 yards. Tackle by 37-Walter Jenkins.</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
@@ -2210,51 +2210,51 @@
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>