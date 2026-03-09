--- v1 (2026-02-16)
+++ v2 (2026-03-09)
@@ -308,51 +308,51 @@
   <si>
     <t>#54 Rafael Kirk - WLB</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#20 Johnny Pace - SS</t>
   </si>
   <si>
     <t>#31 Jason Forrester - CB</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
     <t>#57 Zane Hall - MLB</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
-    <t>#76 Robert McCullough - LDE</t>
+    <t>#64 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#29 Robert Eaton - CB</t>
   </si>
   <si>
     <t>#9 Daniel Liller - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 9-Thomas Parsley pass complete to 30-Troy Rivers to NYN 33 for 8 yards. Tackle by 48-Mikel Lacour.</t>
   </si>
   <si>
     <t>#9 Thomas Parsley - QB</t>
   </si>
@@ -455,51 +455,51 @@
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>NYN 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>3-3-NYN 32 (13:40) 36-Christopher Fry ran to NYN 37 for 5 yards. Tackle by 34-Peter Burgess.</t>
   </si>
   <si>
     <t>#49 Christopher Fry - RB</t>
   </si>
   <si>
     <t>#12 Nick Terry - WR</t>
   </si>
   <si>
     <t>#98 David Levinson - LDE</t>
   </si>
   <si>
-    <t>#50 Ron Slater - SLB</t>
+    <t>#59 Ron Slater - SLB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>NYN 37</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 37 (13:03) 30-Troy Rivers ran to NYN 39 for 2 yards. Tackle by 94-Edward Hall.</t>
   </si>
   <si>
     <t>#17 Charles Best - WR</t>
   </si>
   <si>
     <t>#27 Charles Weiner - CB</t>
   </si>
   <si>
     <t>12:29</t>
   </si>
@@ -593,60 +593,60 @@
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-3-MIA 3 (10:14) 9-Thomas Parsley pass complete to 35-Vicente Degnan for 3 yards. TOUCHDOWN! NYN 6 MIA 0</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>MIA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:11) Extra point GOOD by 3-Jonathan McCord. NYN 64-Mike Roberts was injured on the play. He looks like he should be able to return. NYN 7 MIA 0</t>
   </si>
   <si>
     <t>#2 Doyle Armstrong - P</t>
   </si>
   <si>
-    <t>#3 Jonathan McCord - K</t>
+    <t>#6 Jonathan McCord - K</t>
   </si>
   <si>
     <t>#63 Harlan Mills - C</t>
   </si>
   <si>
     <t>#58 Chris Barrett - RDE</t>
   </si>
   <si>
-    <t>#7 Peter Black - WR</t>
+    <t>#6 Peter Black - WR</t>
   </si>
   <si>
     <t>#47 Keith Napoli - RB</t>
   </si>
   <si>
     <t>#95 Greg Stanley - MLB</t>
   </si>
   <si>
     <t>#86 Julius Watts - TE</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(10:11) 3-Jonathan McCord kicks 73 yards from NYN 35 to MIA -8. 47-Keith Napoli to MIA 36 for 45 yards. Tackle by 55-Dennis Goodman.</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>MIA 36</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>