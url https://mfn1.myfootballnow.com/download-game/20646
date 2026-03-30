--- v2 (2026-03-09)
+++ v3 (2026-03-30)
@@ -308,108 +308,108 @@
   <si>
     <t>#54 Rafael Kirk - WLB</t>
   </si>
   <si>
     <t>#39 Ryan Lane - CB</t>
   </si>
   <si>
     <t>#55 Dennis Goodman - MLB</t>
   </si>
   <si>
     <t>#20 Johnny Pace - SS</t>
   </si>
   <si>
     <t>#31 Jason Forrester - CB</t>
   </si>
   <si>
     <t>#93 Trenton Larsen - RDE</t>
   </si>
   <si>
     <t>#57 Zane Hall - MLB</t>
   </si>
   <si>
     <t>#24 Andre Bolden - FS</t>
   </si>
   <si>
-    <t>#64 Robert McCullough - LDE</t>
+    <t>#56 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#29 Robert Eaton - CB</t>
   </si>
   <si>
     <t>#9 Daniel Liller - K</t>
   </si>
   <si>
     <t>NYN</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 25 (15:00) 9-Thomas Parsley pass complete to 30-Troy Rivers to NYN 33 for 8 yards. Tackle by 48-Mikel Lacour.</t>
   </si>
   <si>
     <t>#9 Thomas Parsley - QB</t>
   </si>
   <si>
     <t>#30 Troy Rivers - WR</t>
   </si>
   <si>
     <t>#86 Jason Roth - TE</t>
   </si>
   <si>
     <t>#89 Earl Polson - TE</t>
   </si>
   <si>
-    <t>#17 Brandon Saldana - WR</t>
+    <t>#10 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#13 Larry Thomas - WR</t>
   </si>
   <si>
     <t>#74 Ronald Cantrell - LT</t>
   </si>
   <si>
     <t>#62 Landon Everhart - LG</t>
   </si>
   <si>
     <t>#65 Joshua Hawkins - C</t>
   </si>
   <si>
     <t>#67 David Graham - RG</t>
   </si>
   <si>
     <t>#78 Chad Clifton - RT</t>
   </si>
   <si>
-    <t>#50 Felix Kaplan - LDE</t>
+    <t>#93 Felix Kaplan - RDE</t>
   </si>
   <si>
     <t>#68 Timothy Adkins - DT</t>
   </si>
   <si>
     <t>#94 Edward Hall - DT</t>
   </si>
   <si>
     <t>#99 Paul Torbert - RDE</t>
   </si>
   <si>
     <t>#53 Philip Bostick - SLB</t>
   </si>
   <si>
     <t>#54 Brian Silverberg - MLB</t>
   </si>
   <si>
     <t>#52 Dan Cooper - WLB</t>
   </si>
   <si>
     <t>#35 David Blackmon - CB</t>
   </si>
   <si>
     <t>#37 Walter Jenkins - CB</t>
   </si>
@@ -476,102 +476,102 @@
   <si>
     <t>#98 David Levinson - LDE</t>
   </si>
   <si>
     <t>#59 Ron Slater - SLB</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
   <si>
     <t>NYN 37</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-NYN 37 (13:03) 30-Troy Rivers ran to NYN 39 for 2 yards. Tackle by 94-Edward Hall.</t>
   </si>
   <si>
     <t>#17 Charles Best - WR</t>
   </si>
   <si>
-    <t>#27 Charles Weiner - CB</t>
+    <t>#24 Charles Weiner - CB</t>
   </si>
   <si>
     <t>12:29</t>
   </si>
   <si>
     <t>NYN 39</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-8-NYN 39 (12:28) 18-Frank Davis ran to MIA 49 for 11 yards. Tackle by 34-Peter Burgess.</t>
   </si>
   <si>
     <t>11:48</t>
   </si>
   <si>
     <t>MIA 49</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MIA 49 (11:47) 9-Thomas Parsley pass complete to 17-Brandon Saldana to MIA 13 for 36 yards. Tackle by 35-David Blackmon. MIA 94-Edward Hall was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>MIA 13</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 13 (11:00) 9-Thomas Parsley pass complete to 30-Troy Rivers to MIA 3 for 10 yards. Tackle by 37-Walter Jenkins. Nice job by 30-Troy Rivers on that route to lose his coverage. Pressure by 79-Albert Bell.</t>
   </si>
   <si>
     <t>#15 Charles Powers - WR</t>
   </si>
   <si>
-    <t>#66 Christopher Cruz - RG</t>
+    <t>#66 Christopher Cruz - LG</t>
   </si>
   <si>
     <t>#69 Joseph Vannoy - LG</t>
   </si>
   <si>
     <t>#60 James Smith - RG</t>
   </si>
   <si>
     <t>#64 Mike Roberts - C</t>
   </si>
   <si>
     <t>#97 Philip Barker - DT</t>
   </si>
   <si>
     <t>#90 Jules Triplett - DT</t>
   </si>
   <si>
     <t>#79 Albert Bell - RDE</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>MIA 3</t>
   </si>
@@ -608,51 +608,51 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:11) Extra point GOOD by 3-Jonathan McCord. NYN 64-Mike Roberts was injured on the play. He looks like he should be able to return. NYN 7 MIA 0</t>
   </si>
   <si>
     <t>#2 Doyle Armstrong - P</t>
   </si>
   <si>
     <t>#6 Jonathan McCord - K</t>
   </si>
   <si>
     <t>#63 Harlan Mills - C</t>
   </si>
   <si>
     <t>#58 Chris Barrett - RDE</t>
   </si>
   <si>
     <t>#6 Peter Black - WR</t>
   </si>
   <si>
     <t>#47 Keith Napoli - RB</t>
   </si>
   <si>
-    <t>#95 Greg Stanley - MLB</t>
+    <t>#55 Greg Stanley - MLB</t>
   </si>
   <si>
     <t>#86 Julius Watts - TE</t>
   </si>
   <si>
     <t>NYN 35</t>
   </si>
   <si>
     <t>(10:11) 3-Jonathan McCord kicks 73 yards from NYN 35 to MIA -8. 47-Keith Napoli to MIA 36 for 45 yards. Tackle by 55-Dennis Goodman.</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>MIA 36</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MIA 36 (10:04) 5-Tommy Arnold pass Pass knocked down by 47-Jamie Miller. incomplete, intended for 11-David Cooper.</t>
   </si>
@@ -665,60 +665,60 @@
   <si>
     <t>#44 Ollie Vick - FB</t>
   </si>
   <si>
     <t>#11 David Cooper - WR</t>
   </si>
   <si>
     <t>#72 George McCallum - RT</t>
   </si>
   <si>
     <t>#71 Kevin Guillory - LT</t>
   </si>
   <si>
     <t>#73 Michael Holmes - C</t>
   </si>
   <si>
     <t>#74 Theodore Clark - LT</t>
   </si>
   <si>
     <t>#61 Victor Jandreau - RG</t>
   </si>
   <si>
     <t>#94 John Herzog - LDE</t>
   </si>
   <si>
-    <t>#69 Kyle Connor - DT</t>
+    <t>#73 Kyle Connor - DT</t>
   </si>
   <si>
     <t>#96 William Garcia - DT</t>
   </si>
   <si>
-    <t>#95 Richard Chapin - RDE</t>
-[...2 lines deleted...]
-    <t>#98 Jose Lewis - SLB</t>
+    <t>#62 Richard Chapin - RDE</t>
+  </si>
+  <si>
+    <t>#98 Jose Lewis - WLB</t>
   </si>
   <si>
     <t>#41 James Nielsen - CB</t>
   </si>
   <si>
     <t>#47 Jamie Miller - CB</t>
   </si>
   <si>
     <t>#26 James Blackwell - FS</t>
   </si>
   <si>
     <t>#21 Antonio Cromartie - CB</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>4-3 Normal SLB Outside Blitz</t>
   </si>
   <si>
     <t>2-10-MIA 36 (10:01) 5-Tommy Arnold pass Pass knocked down by 20-Johnny Pace. incomplete, intended for 86-Julius Watts.</t>
   </si>
   <si>
     <t>#14 Leroy Castillo - WR</t>
   </si>
@@ -803,51 +803,51 @@
   <si>
     <t>7:40</t>
   </si>
   <si>
     <t>NYN 46</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-NYN 46 (7:39) 6-Kenneth Hammond punts 42 yards to NYN 5.</t>
   </si>
   <si>
     <t>#6 Kenneth Hammond - P</t>
   </si>
   <si>
     <t>#75 William Sasse - LT</t>
   </si>
   <si>
     <t>#81 Charles Fontenot - TE</t>
   </si>
   <si>
-    <t>#99 Andrew Ray - LDE</t>
+    <t>#94 Andrew Ray - LDE</t>
   </si>
   <si>
     <t>7:31</t>
   </si>
   <si>
     <t>NYN 5</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-NYN 5 (7:32) 9-Thomas Parsley pass complete to 89-Earl Polson to NYN 15 for 10 yards. Tackle by 37-Walter Jenkins.</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
   <si>
     <t>NYN 15</t>
   </si>
   <si>
     <t>1-10-NYN 15 (6:54) 9-Thomas Parsley pass complete to 13-Larry Thomas to NYN 39 for 24 yards. Tackle by 34-Peter Burgess.</t>
   </si>