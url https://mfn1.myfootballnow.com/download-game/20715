--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -605,63 +605,63 @@
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 25 (9:37) 44-Ollie Vick ran to MIA 29 for 4 yards. Tackle by 56-George Clinton.</t>
   </si>
   <si>
     <t>#5 Tommy Arnold - QB</t>
   </si>
   <si>
     <t>#20 Jesse Pearson - RB</t>
   </si>
   <si>
     <t>#44 Ollie Vick - FB</t>
   </si>
   <si>
     <t>#11 David Cooper - WR</t>
   </si>
   <si>
     <t>#14 Leroy Castillo - WR</t>
   </si>
   <si>
-    <t>#70 George McCallum - LT</t>
-[...2 lines deleted...]
-    <t>#61 Kevin Guillory - C</t>
+    <t>#72 George McCallum - RT</t>
+  </si>
+  <si>
+    <t>#71 Kevin Guillory - LT</t>
   </si>
   <si>
     <t>#73 Michael Holmes - C</t>
   </si>
   <si>
-    <t>#54 Adam Hale - RG</t>
-[...2 lines deleted...]
-    <t>#78 Victor Jandreau - RT</t>
+    <t>#60 Adam Hale - RG</t>
+  </si>
+  <si>
+    <t>#61 Victor Jandreau - RG</t>
   </si>
   <si>
     <t>#69 Mark Ball - LDE</t>
   </si>
   <si>
     <t>#69 Joseph Walters - DT</t>
   </si>
   <si>
     <t>#94 Edgardo French - DT</t>
   </si>
   <si>
     <t>#93 Edwin Quezada - SLB</t>
   </si>
   <si>
     <t>#92 Donald Fisher - MLB</t>
   </si>
   <si>
     <t>#56 George Clinton - WLB</t>
   </si>
   <si>
     <t>#33 Vincent Sears - CB</t>
   </si>
   <si>
     <t>#39 Francisco Bennett - SS</t>
   </si>
@@ -794,51 +794,51 @@
   <si>
     <t>BUF 18</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-4-BUF 18 (2:25) 41-John Roth ran to BUF 16 for 2 yards. Tackle by 43-Jeffrey Kelso.</t>
   </si>
   <si>
     <t>1:48</t>
   </si>
   <si>
     <t>BUF 16</t>
   </si>
   <si>
     <t>4-3-BUF 16 (1:47) 9-Daniel Liller 34 yard field goal is GOOD. BUF 3 MIA 3</t>
   </si>
   <si>
     <t>#6 Kenneth Hammond - P</t>
   </si>
   <si>
     <t>#66 Paul Duck - LG</t>
   </si>
   <si>
-    <t>#75 William Sasse - RT</t>
+    <t>#75 William Sasse - LT</t>
   </si>
   <si>
     <t>#64 James Walden - RG</t>
   </si>
   <si>
     <t>#65 Travis Griggs - C</t>
   </si>
   <si>
     <t>#91 Charles Bayless - SLB</t>
   </si>
   <si>
     <t>#63 Adam Newman - DT</t>
   </si>
   <si>
     <t>1:43</t>
   </si>
   <si>
     <t>(1:44) 9-Daniel Liller kicks 74 yards from MIA 35 to BUF -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-BUF 25 (1:44) 13-John Wade pass complete to 16-Justin Bennett to BUF 30 for 5 yards. Tackle by 48-Mikel Lacour.</t>
   </si>
   <si>
     <t>1:07</t>
   </si>
@@ -1745,51 +1745,51 @@
   <si>
     <t>4-21-BUF 14 (11:01) 8-David Henderson punts 47 yards to MIA 40. 47-Keith Napoli to MIA 45 for 5 yards. Tackle by 76-Jose Huffman. BUF 73-Travis Clark was injured on the play. MIA 95-Greg Stanley was injured on the play.</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>MIA 45</t>
   </si>
   <si>
     <t>1-10-MIA 45 (10:53) 5-Tommy Arnold pass complete to 42-Matthew Ulmer to MIA 46 for 1 yards. Tackle by 48-Keith Reese. 42-Matthew Ulmer breaks down the CB.</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>2-9-MIA 46 (10:17) 5-Tommy Arnold pass complete to 21-Johnny Walls to BUF 46 for 8 yards. MIA 70-George McCallum was injured on the play.</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>3-1-BUF 46 (9:31) PENALTY - False Start (MIA 14-Leroy Castillo)</t>
   </si>
   <si>
-    <t>#56 Delbert Aviles - LT</t>
+    <t>#76 Delbert Aviles - RT</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>3-6-MIA 49 (9:31) 5-Tommy Arnold pass complete to 86-Julius Watts to BUF 31 for 20 yards. Tackle by 26-James Adams.</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
     <t>1-10-BUF 31 (8:43) 47-Keith Napoli ran to BUF 23 for 8 yards. Tackle by 20-Johnathan Turcios.</t>
   </si>
   <si>
     <t>8:09</t>
   </si>
   <si>
     <t>2-2-BUF 23 (8:08) 5-Tommy Arnold pass complete to 11-David Cooper for 23 yards. TOUCHDOWN! You can tell that the offense is starting to figure out how to beat that defensive play. BUF 6 MIA 19</t>
   </si>
   <si>
     <t>8:02</t>
   </si>
   <si>
     <t>(8:03) Extra point GOOD by 9-Daniel Liller. BUF 6 MIA 20</t>
   </si>