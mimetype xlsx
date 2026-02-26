--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -308,51 +308,51 @@
   <si>
     <t>#44 Clay Briggs - CB</t>
   </si>
   <si>
     <t>#31 Edward Vincent - CB</t>
   </si>
   <si>
     <t>#99 James Gupta - DT</t>
   </si>
   <si>
     <t>#84 Charles Uresti - WR</t>
   </si>
   <si>
     <t>#94 Orville Sapp - WLB</t>
   </si>
   <si>
     <t>#97 John Hemphill - WLB</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#92 Mark Parker - MLB</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#72 Richard Ristau - LDE</t>
   </si>
   <si>
     <t>#2 James Mayer - K</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-NOS 25 (15:00) 9-John Koch pass complete to 86-Israel Pape to NOS 28 for 3 yards. Tackle by 21-Chester Highsmith. NOS 65-William Vandyke was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#9 John Koch - QB</t>
   </si>
@@ -365,66 +365,66 @@
   <si>
     <t>#32 Marvin Horwitz - RB</t>
   </si>
   <si>
     <t>#86 Israel Pape - WR</t>
   </si>
   <si>
     <t>#83 Joseph Gonzalez - TE</t>
   </si>
   <si>
     <t>#65 William Vandyke - LT</t>
   </si>
   <si>
     <t>#57 David Palacio - LG</t>
   </si>
   <si>
     <t>#73 Thomas Williams - C</t>
   </si>
   <si>
     <t>#60 Frank Park - RG</t>
   </si>
   <si>
     <t>#73 Roger Trevino - RT</t>
   </si>
   <si>
-    <t>#76 Robert McCullough - LDE</t>
+    <t>#64 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#77 Francisco Mimms - LDE</t>
   </si>
   <si>
-    <t>#72 Norman Muff - DT</t>
+    <t>#68 Norman Muff - DT</t>
   </si>
   <si>
     <t>#73 Wade Friese - DT</t>
   </si>
   <si>
     <t>#79 Sean Boyce - RDE</t>
   </si>
   <si>
-    <t>#78 Charles Couey - RDE</t>
+    <t>#72 Charles Couey - DT</t>
   </si>
   <si>
     <t>#45 Preston Martel - MLB</t>
   </si>
   <si>
     <t>#42 Peter Lambert - WLB</t>
   </si>
   <si>
     <t>#20 Benjamin Houck - CB</t>
   </si>
   <si>
     <t>#21 Chester Highsmith - CB</t>
   </si>
   <si>
     <t>#37 Kevin Tapp - SS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>NOS 28</t>
   </si>
   <si>
     <t>2-7-NOS 28 (14:24) 9-John Koch pass Pass knocked down by 20-Benjamin Houck. incomplete, intended for 86-Israel Pape. NOS 41-Glenn Hunt was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -1556,51 +1556,51 @@
   <si>
     <t>1-10-NOS 31 (0:53) 29-Jonathan Aiken ran to NOS 28 for 3 yards. Tackle by 95-Joe Green.</t>
   </si>
   <si>
     <t>0:12</t>
   </si>
   <si>
     <t>2-7-NOS 28 (0:11) 28-Scott Ortega ran to NOS 25 for 3 yards. Tackle by 92-Mark Parker.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>3-4-NOS 25 (15:00) 10-Stephen Avalos pass incomplete, intended for 87-Juan Benner. Pressure by 98-Mark Roberts. 92-Mark Parker got away with a hold on that play.</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>4-4-NOS 25 (14:57) 2-James Mayer 43 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
-    <t>#89 Stevie Manning - TE</t>
+    <t>#80 Stevie Manning - TE</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>NOS 32</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-NOS 32 (14:54) 41-Glenn Hunt ran to NOS 33 for 1 yards. Tackle by 45-Preston Martel.</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>NOS 33</t>
   </si>
   <si>
     <t>2-9-NOS 33 (14:12) 28-Ronald Luna ran to NOS 43 for 10 yards. Tackle by 39-Matthew Smith. PENALTY - Holding (NOS 65-William Vandyke)</t>
   </si>
   <si>
     <t>14:07</t>
   </si>
@@ -2244,94 +2244,94 @@
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="310.21" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="36" max="36" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">