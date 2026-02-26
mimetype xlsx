--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -287,108 +287,108 @@
   <si>
     <t>JAX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 18-Billy Quevedo kicks 64 yards from HOU 35 to JAX 1. 42-Jose Jordan to JAX 22 for 21 yards. Tackle by 29-Carlos Hanks.</t>
   </si>
   <si>
     <t>#42 Jose Jordan - RB</t>
   </si>
   <si>
     <t>#69 Jay Oxley - LDE</t>
   </si>
   <si>
-    <t>#50 Robert Coker - WLB</t>
-[...8 lines deleted...]
-    <t>#75 Carl Villegas - RDE</t>
+    <t>#50 Robert Coker - LDE</t>
+  </si>
+  <si>
+    <t>#47 George Jenkins - MLB</t>
+  </si>
+  <si>
+    <t>#29 Kenneth Debusk - DT</t>
+  </si>
+  <si>
+    <t>#75 Carl Villegas - DT</t>
   </si>
   <si>
     <t>#52 Fernando Noe - MLB</t>
   </si>
   <si>
-    <t>#58 John Gray - RDE</t>
+    <t>#58 John Gray - LDE</t>
   </si>
   <si>
     <t>#70 Matthew Dragoo - DT</t>
   </si>
   <si>
-    <t>#56 Rick Poland - LDE</t>
+    <t>#56 Rick Poland - DT</t>
   </si>
   <si>
     <t>#65 Keith Frazier - DT</t>
   </si>
   <si>
     <t>#18 Billy Quevedo - K</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>JAX 22</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-JAX 22 (14:57) 15-Damian Barnett pass Pass knocked down by 29-Carlos Hanks. incomplete, intended for 89-Paul Melville.</t>
   </si>
   <si>
     <t>#15 Damian Barnett - QB</t>
   </si>
   <si>
     <t>#38 David McLaughlin - FB</t>
   </si>
   <si>
     <t>#89 Paul Melville - TE</t>
   </si>
   <si>
-    <t>#84 John Gross - TE</t>
+    <t>#84 John Gross - FB</t>
   </si>
   <si>
     <t>#80 John Johnson - WR</t>
   </si>
   <si>
     <t>#59 Raymond Hill - LT</t>
   </si>
   <si>
     <t>#77 John Garcia - LG</t>
   </si>
   <si>
     <t>#73 Daren Barrientos - C</t>
   </si>
   <si>
     <t>#64 Craig Mund - RG</t>
   </si>
   <si>
     <t>#62 Joshua Ng - RT</t>
   </si>
   <si>
     <t>#92 Eli Johnson - LDE</t>
   </si>
   <si>
     <t>#96 Howard Dark - RDE</t>
   </si>
@@ -635,60 +635,60 @@
   <si>
     <t>#49 Michael Thompson - FB</t>
   </si>
   <si>
     <t>#81 Charles Cortez - TE</t>
   </si>
   <si>
     <t>#87 Anthony Ulrich - TE</t>
   </si>
   <si>
     <t>#76 Tom Denson - LT</t>
   </si>
   <si>
     <t>#64 Paul Crandell - LG</t>
   </si>
   <si>
     <t>#56 Kevin Alder - C</t>
   </si>
   <si>
     <t>#65 Wilfredo Lindsay - RG</t>
   </si>
   <si>
     <t>#67 Douglas Landry - RT</t>
   </si>
   <si>
-    <t>#90 John Richards - SLB</t>
+    <t>#90 John Richards - LDE</t>
   </si>
   <si>
     <t>#51 Lawrence Chandler - MLB</t>
   </si>
   <si>
-    <t>#35 Billy Owens - CB</t>
-[...2 lines deleted...]
-    <t>#46 Bryan Hutchins - FS</t>
+    <t>#35 Billy Owens - DT</t>
+  </si>
+  <si>
+    <t>#46 Bryan Hutchins - DT</t>
   </si>
   <si>
     <t>8:38</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-4-HOU 31 (8:37) 5-Howard Ahmad pass complete to 81-Charles Cortez to HOU 36 for 5 yards. Tackle by 29-Kenneth Debusk. 81-Charles Cortez did some fancy footwork there.</t>
   </si>
   <si>
     <t>#15 Kenneth Berry - WR</t>
   </si>
   <si>
     <t>7:53</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>5:53</t>
   </si>
   <si>
     <t>HOU 40</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-5-HOU 40 (5:52) 14-Mathew Steffens punts 51 yards to JAX 8. Fair Catch by 42-Jose Jordan.</t>
   </si>
   <si>
     <t>#14 Mathew Steffens - P</t>
   </si>
   <si>
     <t>#86 David McIlvain - TE</t>
   </si>
   <si>
     <t>#72 Vincent Jolly - RT</t>
   </si>
   <si>
-    <t>#27 John Putnam - FS</t>
+    <t>#27 John Putnam - DT</t>
   </si>
   <si>
     <t>5:45</t>
   </si>
   <si>
     <t>JAX 8</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>1-10-JAX 8 (5:46) 42-Jose Jordan ran to JAX 13 for 5 yards. Tackle by 39-Louie Long.</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>JAX 13</t>
   </si>
   <si>
     <t>2-5-JAX 13 (5:04) 42-Jose Jordan ran to JAX 19 for 6 yards. Tackle by 47-Tristan Herman.</t>
   </si>
@@ -1301,51 +1301,51 @@
   <si>
     <t>(6:36) Extra point GOOD by 14-Thomas McFarland. HOU 0 JAX 13</t>
   </si>
   <si>
     <t>(6:36) 14-Thomas McFarland kicks 70 yards from JAX 35 to HOU -5. Touchback.</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-HOU 25 (6:36) 5-Howard Ahmad pass complete to 35-Roosevelt Bonilla to HOU 40 for 15 yards. Tackle by 46-Bryan Hutchins. 35-Roosevelt Bonilla did some fancy footwork there. 47-George Jenkins got away with a hold on that play.</t>
   </si>
   <si>
     <t>#78 Terence Vogel - DT</t>
   </si>
   <si>
     <t>5:54</t>
   </si>
   <si>
     <t>I Formation Normal TE Out</t>
   </si>
   <si>
     <t>1-10-HOU 40 (5:53) 5-Howard Ahmad sacked at HOU 31 for -10 yards (65-Keith Frazier). Sack allowed by 64-Paul Crandell.</t>
   </si>
   <si>
-    <t>#33 Jeremy Smith - SS</t>
+    <t>#33 Jeremy Smith - DT</t>
   </si>
   <si>
     <t>5:16</t>
   </si>
   <si>
     <t>2-20-HOU 31 (5:15) 5-Howard Ahmad pass complete to 10-Christopher Gaither to HOU 36 for 5 yards. Tackle by 35-Billy Owens.</t>
   </si>
   <si>
     <t>4:39</t>
   </si>
   <si>
     <t>3-15-HOU 36 (4:38) 5-Howard Ahmad pass Pass knocked down by 46-Bryan Hutchins. incomplete, intended for 81-Charles Cortez. Pressure by 56-Rick Poland.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>4-15-HOU 36 (4:33) 14-Mathew Steffens punts 45 yards to JAX 19. 42-Jose Jordan to JAX 22 for 3 yards. Tackle by 29-Carlos Hanks.</t>
   </si>
   <si>
     <t>4:24</t>
   </si>
   <si>
     <t>1-10-JAX 22 (4:25) 28-Damien Nash ran to JAX 24 for 2 yards. Tackle by 95-Vernon Bang.</t>
   </si>
@@ -1367,51 +1367,51 @@
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>3-7-JAX 25 (3:13) 15-Damian Barnett pass complete to 83-Brady James to JAX 32 for 7 yards. Tackle by 29-Carlos Hanks.</t>
   </si>
   <si>
     <t>2:34</t>
   </si>
   <si>
     <t>JAX 32</t>
   </si>
   <si>
     <t>4-1-JAX 32 (2:33) 6-Jerome Shearer punts 45 yards to HOU 23. Fair Catch by 10-Christopher Gaither.</t>
   </si>
   <si>
     <t>#6 Jerome Shearer - P</t>
   </si>
   <si>
     <t>2:25</t>
   </si>
   <si>
     <t>1-10-HOU 23 (2:26) 35-Roosevelt Bonilla ran to HOU 24 for 1 yards. Tackle by 65-Keith Frazier.</t>
   </si>
   <si>
-    <t>#26 Dean Buckley - CB</t>
+    <t>#26 Dean Buckley - DT</t>
   </si>
   <si>
     <t>1:54</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>2-9-HOU 24 (1:53) 5-Howard Ahmad pass complete to 10-Christopher Gaither to HOU 29 for 5 yards. Tackle by 29-Kenneth Debusk.</t>
   </si>
   <si>
     <t>1:19</t>
   </si>
   <si>
     <t>3-4-HOU 29 (1:18) 5-Howard Ahmad pass INTERCEPTED by 29-Kenneth Debusk at HOU 30. 29-Kenneth Debusk to HOU 30 for -0 yards. Pushed out of bounds by 35-Roosevelt Bonilla. HOU 56-Kevin Alder was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:12</t>
   </si>
   <si>
     <t>1-10-HOU 30 (1:13) 42-Jose Jordan ran to HOU 26 for 4 yards. Tackle by 96-Howard Dark.</t>
   </si>
   <si>
     <t>0:37</t>
   </si>
@@ -1631,51 +1631,51 @@
   <si>
     <t>3:30</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>2-10-HOU 47 (3:31) 5-Howard Ahmad pass complete to 81-Charles Cortez to JAX 48 for 5 yards. Tackle by 46-Bryan Hutchins.</t>
   </si>
   <si>
     <t>3:10</t>
   </si>
   <si>
     <t>3-5-JAX 48 (3:09) 5-Howard Ahmad ran to JAX 35 for 13 yards. 5-Howard Ahmad slides to avoid being hit.</t>
   </si>
   <si>
     <t>2:45</t>
   </si>
   <si>
     <t>1-10-JAX 35 (2:44) 5-Howard Ahmad sacked at JAX 43 for -8 yards (56-Rick Poland). Sack allowed by 67-Douglas Landry.</t>
   </si>
   <si>
     <t>#88 Harrison Ward - WR</t>
   </si>
   <si>
-    <t>#94 Alfonso King - SLB</t>
+    <t>#94 Alfonso King - DT</t>
   </si>
   <si>
     <t>2:19</t>
   </si>
   <si>
     <t>JAX 43</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>2-18-JAX 43 (2:18) 5-Howard Ahmad pass incomplete, intended for 87-Anthony Ulrich.</t>
   </si>
   <si>
     <t>3-18-JAX 43 (2:15) 5-Howard Ahmad pass complete to 35-Roosevelt Bonilla to JAX 37 for 5 yards. Tackle by 46-Bryan Hutchins. Great move by 35-Roosevelt Bonilla to get free of his coverage.</t>
   </si>
   <si>
     <t>JAX 37</t>
   </si>
   <si>
     <t>4-13-JAX 37 (2:00) 14-Mathew Steffens punts 43 yards to JAX -5.4-13-JAX 37 (2:00) 14-Mathew Steffens punts 43 yards to JAX -5. Touchback.</t>
   </si>
   <si>
     <t>1:52</t>
   </si>
@@ -2114,72 +2114,72 @@
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="303.069" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="25.851" bestFit="true" customWidth="true" style="0"/>