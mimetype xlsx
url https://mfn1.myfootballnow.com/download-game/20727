--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -443,51 +443,51 @@
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-NED 32 (14:09) 40-George Hanson ran to NED 31 for 1 yards. Tackle by 50-Paul Winters.</t>
   </si>
   <si>
     <t>#5 Paul Wilson - QB</t>
   </si>
   <si>
     <t>#40 George Hanson - RB</t>
   </si>
   <si>
     <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#83 Raymond Hansen - TE</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
-    <t>#19 William White - WR</t>
+    <t>#88 William White - WR</t>
   </si>
   <si>
     <t>#64 Salvatore Cuellar - LT</t>
   </si>
   <si>
     <t>#68 Stuart Beck - LG</t>
   </si>
   <si>
     <t>#76 John Anderson - C</t>
   </si>
   <si>
     <t>#52 Joseph Peoples - RG</t>
   </si>
   <si>
     <t>#66 Brandon Hagood - RT</t>
   </si>
   <si>
     <t>#71 Marcus Behrens - DT</t>
   </si>
   <si>
     <t>#72 Jason Long - LDE</t>
   </si>
   <si>
     <t>#52 Vernon Smith - LDE</t>
   </si>