--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Curtis Dugas kicks 69 yards from CAR 35 to DAL -4. 9-Roger Firth to DAL 34 for 38 yards. Tackle by 3-Curtis Dugas.</t>
   </si>
   <si>
     <t>#9 Roger Firth - WR</t>
   </si>
   <si>
     <t>#79 Sean Boyce - RDE</t>
   </si>
   <si>
     <t>#43 Jack Harris - MLB</t>
   </si>
   <si>
     <t>#27 John Dearborn - CB</t>
   </si>
   <si>
     <t>#37 Kevin Tapp - SS</t>
   </si>
   <si>
     <t>#21 Chester Highsmith - CB</t>
   </si>
   <si>
-    <t>#76 Robert McCullough - LDE</t>
+    <t>#64 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#45 Preston Martel - MLB</t>
   </si>
   <si>
     <t>#20 Benjamin Houck - CB</t>
   </si>
   <si>
     <t>#77 Francisco Mimms - LDE</t>
   </si>
   <si>
     <t>#25 Robert Murphy - CB</t>
   </si>
   <si>
     <t>#3 Curtis Dugas - K</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>DAL 34</t>
   </si>
@@ -554,54 +554,54 @@
   <si>
     <t>#33 Lewis Derossett - FB</t>
   </si>
   <si>
     <t>#88 Brandon Barnes - TE</t>
   </si>
   <si>
     <t>#82 Kirk Oakes - TE</t>
   </si>
   <si>
     <t>#63 Edward Collins - LT</t>
   </si>
   <si>
     <t>#60 William Fernandez - LG</t>
   </si>
   <si>
     <t>#72 Truman Ojeda - C</t>
   </si>
   <si>
     <t>#65 Clifford Battin - RG</t>
   </si>
   <si>
     <t>#55 Anthony Thomas - RT</t>
   </si>
   <si>
-    <t>#72 Norman Muff - DT</t>
-[...2 lines deleted...]
-    <t>#70 Thomas Marino - DT</t>
+    <t>#68 Norman Muff - DT</t>
+  </si>
+  <si>
+    <t>#90 Thomas Marino - DT</t>
   </si>
   <si>
     <t>#40 Robert Miller - SLB</t>
   </si>
   <si>
     <t>#42 Peter Lambert - WLB</t>
   </si>
   <si>
     <t>11:03</t>
   </si>
   <si>
     <t>CAR 7</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>2-12-CAR 7 (11:02) 8-Filiberto Tan pass complete to 88-Brandon Barnes to CAR 16 for 9 yards. Tackle by 45-Preston Martel. PENALTY - Holding (CAR 63-Edward Collins) (Declined) PENALTY - Offensive Pass Interference (CAR 88-Brandon Barnes)</t>
   </si>
   <si>
     <t>#89 Andrew Seaton - WR</t>
   </si>
@@ -770,51 +770,51 @@
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-8-CAR 17 (4:22) 14-John Morrison pass complete to 7-Peter Black for 17 yards. TOUCHDOWN! DAL 6 CAR 0</t>
   </si>
   <si>
     <t>4:16</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(4:17) Extra point GOOD by 2-James Mayer. DAL 7 CAR 0</t>
   </si>
   <si>
     <t>#2 James Mayer - K</t>
   </si>
   <si>
-    <t>#89 Stevie Manning - TE</t>
+    <t>#80 Stevie Manning - TE</t>
   </si>
   <si>
     <t>#96 Nathaniel Ellis - MLB</t>
   </si>
   <si>
     <t>DAL 35</t>
   </si>
   <si>
     <t>(4:17) 2-James Mayer kicks 73 yards from DAL 35 to CAR -8. Touchback.</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-CAR 25 (4:17) 29-Robert Probst ran to CAR 36 for 11 yards. Tackle by 37-Kevin Tapp.</t>
   </si>
   <si>
     <t>3:43</t>
   </si>
   <si>
     <t>CAR 36</t>
   </si>
@@ -836,51 +836,51 @@
   <si>
     <t>2:56</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>3-9-CAR 36 (2:55) 29-Robert Probst ran to CAR 37 for a short gain. Tackle by 40-Robert Miller.</t>
   </si>
   <si>
     <t>#71 Danny Randle - DT</t>
   </si>
   <si>
     <t>#36 James Taylor - FS</t>
   </si>
   <si>
     <t>2:17</t>
   </si>
   <si>
     <t>CAR 37</t>
   </si>
   <si>
     <t>4-9-CAR 37 (2:16) 17-Andrew Robinson punts 52 yards to DAL 11. 9-Roger Firth to DAL 20 for 9 yards. Tackle by 82-Kirk Oakes.</t>
   </si>
   <si>
-    <t>#78 Charles Couey - RDE</t>
+    <t>#72 Charles Couey - DT</t>
   </si>
   <si>
     <t>2:07</t>
   </si>
   <si>
     <t>DAL 20</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Hitch</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-DAL 20 (2:08) 14-John Morrison pass incomplete, dropped by 9-Roger Firth. Pressure by 48-James Carswell. 35-Danny Matteson got away with a hold on that play.</t>
   </si>
   <si>
     <t>2:03</t>
   </si>
   <si>
     <t>2-10-DAL 20 (2:04) 30-Scott Ortega ran to DAL 30 for 10 yards. Tackle by 26-Charlie Ramirez.</t>
   </si>
   <si>
     <t>1:24</t>
   </si>
@@ -2171,51 +2171,51 @@
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="285.359" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>