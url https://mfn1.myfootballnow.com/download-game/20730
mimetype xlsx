--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -308,51 +308,51 @@
   <si>
     <t>#44 Clay Briggs - CB</t>
   </si>
   <si>
     <t>#31 Edward Vincent - CB</t>
   </si>
   <si>
     <t>#99 James Gupta - DT</t>
   </si>
   <si>
     <t>#84 Charles Uresti - WR</t>
   </si>
   <si>
     <t>#94 Orville Sapp - WLB</t>
   </si>
   <si>
     <t>#97 John Hemphill - WLB</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#92 Mark Parker - MLB</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#72 Richard Ristau - LDE</t>
   </si>
   <si>
     <t>#8 Alan Guzman - K</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-NOS 25 (15:00) 9-John Koch pass Pass knocked down by 29-Ernest Sievert. incomplete, intended for 89-George Jones.</t>
   </si>
   <si>
     <t>#9 John Koch - QB</t>
   </si>