--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -287,72 +287,72 @@
   <si>
     <t>JAX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>TEN</t>
   </si>
   <si>
     <t>TEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Patrick Walker kicks 75 yards from TEN 35 to JAX -10. Touchback.</t>
   </si>
   <si>
     <t>#42 Jose Jordan - RB</t>
   </si>
   <si>
     <t>#69 Jay Oxley - LDE</t>
   </si>
   <si>
-    <t>#50 Robert Coker - WLB</t>
-[...8 lines deleted...]
-    <t>#75 Carl Villegas - RDE</t>
+    <t>#50 Robert Coker - LDE</t>
+  </si>
+  <si>
+    <t>#47 George Jenkins - MLB</t>
+  </si>
+  <si>
+    <t>#29 Kenneth Debusk - DT</t>
+  </si>
+  <si>
+    <t>#75 Carl Villegas - DT</t>
   </si>
   <si>
     <t>#52 Fernando Noe - MLB</t>
   </si>
   <si>
-    <t>#58 John Gray - RDE</t>
+    <t>#58 John Gray - LDE</t>
   </si>
   <si>
     <t>#70 Matthew Dragoo - DT</t>
   </si>
   <si>
-    <t>#56 Rick Poland - LDE</t>
+    <t>#56 Rick Poland - DT</t>
   </si>
   <si>
     <t>#65 Keith Frazier - DT</t>
   </si>
   <si>
     <t>#16 Patrick Walker - K</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JAX 25</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-JAX 25 (15:00) 15-Damian Barnett pass complete to 38-David McLaughlin to JAX 27 for 2 yards. Tackle by 54-James Caldwell.</t>
   </si>
   <si>
     <t>#15 Damian Barnett - QB</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>#33 Kyle Chase - SS</t>
   </si>
   <si>
     <t>#25 Robert Delmonte - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>JAX 27</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-JAX 27 (14:22) 15-Damian Barnett pass complete to 42-Jose Jordan to JAX 38 for 11 yards.</t>
   </si>
   <si>
     <t>#89 Paul Melville - TE</t>
   </si>
   <si>
-    <t>#84 John Gross - TE</t>
+    <t>#84 John Gross - FB</t>
   </si>
   <si>
     <t>#61 Matthew Collins - RDE</t>
   </si>
   <si>
     <t>#94 Alfonso Farnsworth - WLB</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>JAX 38</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-JAX 38 (13:36) 15-Damian Barnett pass complete to 89-Paul Melville to JAX 48 for 10 yards. Tackle by 40-Justin Mizell.</t>
   </si>
   <si>
     <t>#28 Damien Nash - RB</t>
   </si>
@@ -677,69 +677,69 @@
   <si>
     <t>#19 Sean Taylor - WR</t>
   </si>
   <si>
     <t>#12 Charles Watt - WR</t>
   </si>
   <si>
     <t>#14 Gary Estrada - WR</t>
   </si>
   <si>
     <t>#56 Michael Foster - LT</t>
   </si>
   <si>
     <t>#75 David McClain - C</t>
   </si>
   <si>
     <t>#74 Walter Reed - RG</t>
   </si>
   <si>
     <t>#73 Steven Booker - RT</t>
   </si>
   <si>
     <t>#78 Terence Vogel - DT</t>
   </si>
   <si>
-    <t>#90 John Richards - SLB</t>
+    <t>#90 John Richards - LDE</t>
   </si>
   <si>
     <t>#51 Lawrence Chandler - MLB</t>
   </si>
   <si>
-    <t>#95 John Noe - WLB</t>
-[...11 lines deleted...]
-    <t>#46 Bryan Hutchins - FS</t>
+    <t>#95 John Noe - DT</t>
+  </si>
+  <si>
+    <t>#35 Billy Owens - DT</t>
+  </si>
+  <si>
+    <t>#26 Dean Buckley - DT</t>
+  </si>
+  <si>
+    <t>#33 Jeremy Smith - DT</t>
+  </si>
+  <si>
+    <t>#46 Bryan Hutchins - DT</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>TEN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-10-TEN 25 (6:13) 11-Richard Casey pass incomplete, intended for 88-Eugene Simon. 35-Billy Owens got away with a hold on that play.</t>
   </si>
   <si>
     <t>#46 Lester Coltrane - RB</t>
   </si>
   <si>
     <t>#57 David Parker - LG</t>
   </si>
   <si>
     <t>6:08</t>
   </si>
@@ -749,51 +749,51 @@
   <si>
     <t>3-10-TEN 25 (6:09) 11-Richard Casey pass Pass knocked down by 29-Kenneth Debusk. incomplete, intended for 83-David Knight.</t>
   </si>
   <si>
     <t>#83 David Knight - TE</t>
   </si>
   <si>
     <t>6:04</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-10-TEN 25 (6:05) 8-Rick Deckard punts 49 yards to JAX 27. 42-Jose Jordan to JAX 35 for 8 yards. Tackle by 33-Kyle Chase.</t>
   </si>
   <si>
     <t>#8 Rick Deckard - P</t>
   </si>
   <si>
     <t>#68 John Merriweather - C</t>
   </si>
   <si>
-    <t>#27 John Putnam - FS</t>
+    <t>#27 John Putnam - DT</t>
   </si>
   <si>
     <t>5:55</t>
   </si>
   <si>
     <t>Weak I Big HB Lead Toss Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-JAX 35 (5:56) 42-Jose Jordan ran to JAX 44 for 9 yards. Tackle by 20-William Cottle.</t>
   </si>
   <si>
     <t>5:18</t>
   </si>
   <si>
     <t>JAX 44</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
@@ -1025,51 +1025,51 @@
   <si>
     <t>3-3-TEN 28 (7:51) 28-Damien Nash ran to TEN 30 for -2 yards. Tackle by 98-Alton Lowry.</t>
   </si>
   <si>
     <t>7:09</t>
   </si>
   <si>
     <t>TEN 30</t>
   </si>
   <si>
     <t>4-5-TEN 30 (7:08) 14-Thomas McFarland 47 yard field goal is GOOD. TEN 55-Alonzo Myers was injured on the play. He looks like he should be able to return. TEN 0 JAX 17</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>(7:04) 14-Thomas McFarland kicks 66 yards from JAX 35 to TEN -1. 88-Eugene Simon to TEN 33 for 34 yards. Tackle by 69-Jay Oxley.</t>
   </si>
   <si>
     <t>6:58</t>
   </si>
   <si>
     <t>1-10-TEN 33 (6:59) 21-Samuel Burke ran to TEN 31 for -2 yards. 21-Samuel Burke FUMBLES (26-Dean Buckley) recovered by JAX-33-Jeremy Smith to TEN 29 for 2 yards. Tackle by 78-John Harris.</t>
   </si>
   <si>
-    <t>#94 Alfonso King - SLB</t>
+    <t>#94 Alfonso King - DT</t>
   </si>
   <si>
     <t>6:53</t>
   </si>
   <si>
     <t>1-10-TEN 29 (6:54) 15-Damian Barnett pass complete to 42-Jose Jordan to TEN 24 for 5 yards. Tackle by 33-Kyle Chase. Nice job by 42-Jose Jordan on that route to lose his coverage.</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>Singleback 4 Wide Quick Outs</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-5-TEN 24 (6:17) 15-Damian Barnett pass complete to 85-Dennis Holder to TEN 18 for 7 yards. Tackle by 98-Alton Lowry. 98-Alton Lowry got away with a hold on that play.</t>
   </si>
   <si>
     <t>5:42</t>
   </si>
   <si>
     <t>TEN 18</t>
   </si>
@@ -1685,51 +1685,51 @@
   <si>
     <t>5:54</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-TEN 50 (5:53) 15-Damian Barnett pass complete to 84-John Gross to TEN 7 for 43 yards. Tackle by 33-Kyle Chase. 84-John Gross breaks down the CB.</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>1-7-TEN 7 (5:14) 28-Damien Nash ran to TEN 2 for 5 yards. Tackle by 25-Robert Delmonte.</t>
   </si>
   <si>
     <t>4:37</t>
   </si>
   <si>
     <t>TEN 2</t>
   </si>
   <si>
     <t>2-2-TEN 2 (4:36) 28-Damien Nash ran for 2 yards. TOUCHDOWN! JAX 42-Jose Jordan was injured on the play. TEN 3 JAX 30</t>
   </si>
   <si>
-    <t>#87 Donald Sherlock - TE</t>
+    <t>#41 Donald Sherlock - FB</t>
   </si>
   <si>
     <t>4:33</t>
   </si>
   <si>
     <t>(4:34) Extra point GOOD by 14-Thomas McFarland. TEN 3 JAX 31</t>
   </si>
   <si>
     <t>(4:34) 14-Thomas McFarland kicks 69 yards from JAX 35 to TEN -4. Touchback.</t>
   </si>
   <si>
     <t>1-10-TEN 25 (4:34) 11-Richard Casey pass complete to 21-Samuel Burke to TEN 29 for 4 yards. Tackle by 90-John Richards.</t>
   </si>
   <si>
     <t>2-6-TEN 29 (4:15) 11-Richard Casey pass incomplete, intended for 83-David Knight. PENALTY - Pass Interference (JAX 29-Kenneth Debusk)</t>
   </si>
   <si>
     <t>4:11</t>
   </si>
   <si>
     <t>1-10-TEN 34 (4:12) 11-Richard Casey pass complete to 88-Eugene Simon to TEN 36 for 2 yards. Tackle by 35-Billy Owens.</t>
   </si>
   <si>
     <t>3:52</t>
   </si>
@@ -2187,51 +2187,51 @@
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>