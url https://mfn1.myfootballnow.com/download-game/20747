--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Jaime Jacobs kicks 75 yards from NYN 35 to NOS -10. Touchback.</t>
   </si>
   <si>
     <t>#44 Willian Tucker - SS</t>
   </si>
   <si>
     <t>#10 Samuel Keyser - WR</t>
   </si>
   <si>
     <t>#97 John Hemphill - WLB</t>
   </si>
   <si>
     <t>#99 James Gupta - DT</t>
   </si>
   <si>
     <t>#31 Edward Vincent - CB</t>
   </si>
   <si>
     <t>#94 Orville Sapp - WLB</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#72 Richard Ristau - LDE</t>
   </si>
   <si>
     <t>#44 Clay Briggs - CB</t>
   </si>
   <si>
     <t>#84 Charles Uresti - WR</t>
   </si>
   <si>
     <t>#5 Jaime Jacobs - K</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>I Formation Big TE Sneak Out</t>
   </si>