--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -362,54 +362,54 @@
   <si>
     <t>#87 Glen Corral - WR</t>
   </si>
   <si>
     <t>#10 Elliott Lopez - WR</t>
   </si>
   <si>
     <t>#82 Jason Myers - WR</t>
   </si>
   <si>
     <t>#79 Kim Allen - LT</t>
   </si>
   <si>
     <t>#78 William Robertson - LG</t>
   </si>
   <si>
     <t>#56 Ernest Cavanaugh - C</t>
   </si>
   <si>
     <t>#50 Lon Marchetti - RG</t>
   </si>
   <si>
     <t>#52 Jimmy Degregorio - RT</t>
   </si>
   <si>
-    <t>#76 Robert McCullough - LDE</t>
-[...2 lines deleted...]
-    <t>#72 Norman Muff - DT</t>
+    <t>#64 Robert McCullough - LDE</t>
+  </si>
+  <si>
+    <t>#68 Norman Muff - DT</t>
   </si>
   <si>
     <t>#73 Wade Friese - DT</t>
   </si>
   <si>
     <t>#79 Sean Boyce - RDE</t>
   </si>
   <si>
     <t>#45 Preston Martel - MLB</t>
   </si>
   <si>
     <t>#42 Peter Lambert - WLB</t>
   </si>
   <si>
     <t>#20 Benjamin Houck - CB</t>
   </si>
   <si>
     <t>#21 Chester Highsmith - CB</t>
   </si>
   <si>
     <t>#27 John Dearborn - CB</t>
   </si>
   <si>
     <t>#37 Kevin Tapp - SS</t>
   </si>
@@ -788,72 +788,72 @@
   <si>
     <t>2-1-DET 14 (6:28) 30-Scott Ortega ran to DET 14 for -1 yards. Tackle by 99-Randall Rivera.</t>
   </si>
   <si>
     <t>5:55</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-1-DET 14 (5:54) 31-Jonathan Aiken ran to DET 14 for a short gain. Tackle by 20-Robert Ross. DAL 7-Peter Black was injured on the play. He looks like he should be able to return. DET 92-Michael Bowman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:20</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-DET 14 (5:19) 2-James Mayer 33 yard field goal is GOOD. DAL 3 DET 0</t>
   </si>
   <si>
-    <t>#89 Stevie Manning - TE</t>
+    <t>#80 Stevie Manning - TE</t>
   </si>
   <si>
     <t>#37 Charles Stamant - WLB</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>(5:16) 2-James Mayer kicks 75 yards from DAL 35 to DET -10. 23-Kenneth Watson to DET 19 for 29 yards. Tackle by 37-Kevin Tapp.</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>DET 19</t>
   </si>
   <si>
     <t>1-10-DET 19 (5:11) 7-Thomas Pugliese pass complete to 82-Jason Myers to DET 27 for 8 yards. Tackle by 39-Matthew Smith.</t>
   </si>
   <si>
-    <t>#78 Charles Couey - RDE</t>
+    <t>#72 Charles Couey - DT</t>
   </si>
   <si>
     <t>#71 Danny Randle - DT</t>
   </si>
   <si>
     <t>#36 James Taylor - FS</t>
   </si>
   <si>
     <t>4:34</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>2-2-DET 27 (4:33) 7-Thomas Pugliese pass Pass knocked down by 37-Kevin Tapp. incomplete, intended for 23-Kenneth Watson. Pressure by 45-Preston Martel.</t>
   </si>
   <si>
     <t>4:26</t>
   </si>
   <si>
     <t>4-3 Under Strong Blitz Outside</t>
   </si>
   <si>
     <t>3-2-DET 27 (4:27) 7-Thomas Pugliese pass complete to 88-Leonard Weldon to DET 32 for 5 yards. Tackle by 42-Peter Lambert. PENALTY - Pass Interference (DAL 42-Peter Lambert) (Declined)</t>
   </si>