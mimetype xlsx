--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -308,51 +308,51 @@
   <si>
     <t>#44 Clay Briggs - CB</t>
   </si>
   <si>
     <t>#31 Edward Vincent - CB</t>
   </si>
   <si>
     <t>#99 James Gupta - DT</t>
   </si>
   <si>
     <t>#84 Charles Uresti - WR</t>
   </si>
   <si>
     <t>#94 Orville Sapp - WLB</t>
   </si>
   <si>
     <t>#97 John Hemphill - WLB</t>
   </si>
   <si>
     <t>#51 Larry Hawthorne - LDE</t>
   </si>
   <si>
     <t>#92 Mark Parker - MLB</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#72 Richard Ristau - LDE</t>
   </si>
   <si>
     <t>#7 Steven Levasseur - K</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>NOS 30</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-NOS 30 (14:55) 41-Glenn Hunt ran to NOS 30 for a short loss. Tackle by 92-Adam Servantes. NOS 60-Frank Park was injured on the play. He looks like he should be able to return.</t>
   </si>