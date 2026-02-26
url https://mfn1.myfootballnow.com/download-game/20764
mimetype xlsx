--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -365,60 +365,60 @@
   <si>
     <t>#81 Michael Springer - TE</t>
   </si>
   <si>
     <t>#80 Stephan Wilson - WR</t>
   </si>
   <si>
     <t>#87 Todd Ayers - WR</t>
   </si>
   <si>
     <t>#66 Jonathan Haynes - LT</t>
   </si>
   <si>
     <t>#70 Keith Bullins - LG</t>
   </si>
   <si>
     <t>#60 Gerald Johnson - C</t>
   </si>
   <si>
     <t>#55 Steven Olivo - RG</t>
   </si>
   <si>
     <t>#69 Omar Roy - RT</t>
   </si>
   <si>
-    <t>#76 Robert McCullough - LDE</t>
-[...2 lines deleted...]
-    <t>#72 Norman Muff - DT</t>
+    <t>#64 Robert McCullough - LDE</t>
+  </si>
+  <si>
+    <t>#68 Norman Muff - DT</t>
   </si>
   <si>
     <t>#73 Wade Friese - DT</t>
   </si>
   <si>
-    <t>#78 Charles Couey - RDE</t>
+    <t>#72 Charles Couey - DT</t>
   </si>
   <si>
     <t>#40 Robert Miller - SLB</t>
   </si>
   <si>
     <t>#45 Preston Martel - MLB</t>
   </si>
   <si>
     <t>#42 Peter Lambert - WLB</t>
   </si>
   <si>
     <t>#20 Benjamin Houck - CB</t>
   </si>
   <si>
     <t>#21 Chester Highsmith - CB</t>
   </si>
   <si>
     <t>#37 Kevin Tapp - SS</t>
   </si>
   <si>
     <t>#39 Matthew Smith - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
@@ -617,51 +617,51 @@
   <si>
     <t>TBY 43</t>
   </si>
   <si>
     <t>Singleback Big TE Flat Curl</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-5-TBY 43 (10:34) 14-John Morrison pass incomplete, dropped by 88-Ian Isenhour.</t>
   </si>
   <si>
     <t>#87 Juan Benner - TE</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>4-5-TBY 43 (10:30) 1-Terrance Ferguson punts 40 yards to TBY 3.</t>
   </si>
   <si>
     <t>#1 Terrance Ferguson - P</t>
   </si>
   <si>
-    <t>#89 Stevie Manning - TE</t>
+    <t>#80 Stevie Manning - TE</t>
   </si>
   <si>
     <t>#74 Lawerence Garcia - SLB</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>TBY 3</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-TBY 3 (10:21) 14-Carl Hagen pass complete to 86-Dewayne Raynor to TBY 7 for 3 yards. Tackle by 40-Robert Miller.</t>
   </si>
   <si>
     <t>#43 Jack Harris - MLB</t>
   </si>
   <si>
     <t>#36 James Taylor - FS</t>
   </si>
@@ -1847,51 +1847,51 @@
   <si>
     <t>3-10-DAL 30 (5:56) 31-Jonathan Aiken ran to DAL 39 for 8 yards. Tackle by 96-Odell Smith. 33-Steven Linscott missed that block completely.</t>
   </si>
   <si>
     <t>5:23</t>
   </si>
   <si>
     <t>DAL 39</t>
   </si>
   <si>
     <t>4-1-DAL 39 (5:22) 1-Terrance Ferguson punts 48 yards to TBY 13. 15-Erik Acord to TBY 31 for 18 yards.</t>
   </si>
   <si>
     <t>5:12</t>
   </si>
   <si>
     <t>TBY 31</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-10-TBY 31 (5:13) 14-Carl Hagen pass incomplete, dropped by 80-Stephan Wilson.</t>
   </si>
   <si>
-    <t>#70 Thomas Marino - DT</t>
+    <t>#90 Thomas Marino - DT</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>2-10-TBY 31 (5:11) 14-Carl Hagen pass complete to 23-Christian Chun to TBY 31 for a short loss. Tackle by 20-Benjamin Houck.</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>3-10-TBY 31 (4:48) 14-Carl Hagen pass incomplete, intended for 15-Erik Acord. DAL 70-Thomas Marino was injured on the play.</t>
   </si>
   <si>
     <t>4:44</t>
   </si>
   <si>
     <t>4-10-TBY 31 (4:45) 8-Cedrick Snow punts 50 yards to DAL 19. 9-Roger Firth to DAL 29 for 10 yards. Tackle by 96-John Jackson.</t>
   </si>
   <si>
     <t>4:35</t>
   </si>