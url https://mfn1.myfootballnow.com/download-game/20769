--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -362,96 +362,96 @@
   <si>
     <t>#35 Steve Stevenson - FB</t>
   </si>
   <si>
     <t>#84 George Payne - TE</t>
   </si>
   <si>
     <t>#89 Jeffery Hufford - TE</t>
   </si>
   <si>
     <t>#53 Jason Gordon - C</t>
   </si>
   <si>
     <t>#77 Jose Sanches - LG</t>
   </si>
   <si>
     <t>#60 William Hampton - C</t>
   </si>
   <si>
     <t>#71 Joe Haines - RG</t>
   </si>
   <si>
     <t>#73 Joe Jackson - RT</t>
   </si>
   <si>
-    <t>#56 Rick Poland - LDE</t>
+    <t>#56 Rick Poland - DT</t>
   </si>
   <si>
     <t>#99 Michael Phipps - DT</t>
   </si>
   <si>
     <t>#70 Matthew Dragoo - DT</t>
   </si>
   <si>
     <t>#78 Terence Vogel - DT</t>
   </si>
   <si>
-    <t>#90 John Richards - SLB</t>
+    <t>#90 John Richards - LDE</t>
   </si>
   <si>
     <t>#51 Lawrence Chandler - MLB</t>
   </si>
   <si>
-    <t>#50 Robert Coker - WLB</t>
-[...11 lines deleted...]
-    <t>#46 Bryan Hutchins - FS</t>
+    <t>#50 Robert Coker - LDE</t>
+  </si>
+  <si>
+    <t>#35 Billy Owens - DT</t>
+  </si>
+  <si>
+    <t>#47 George Jenkins - MLB</t>
+  </si>
+  <si>
+    <t>#29 Kenneth Debusk - DT</t>
+  </si>
+  <si>
+    <t>#46 Bryan Hutchins - DT</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>WAS 27</t>
   </si>
   <si>
     <t>2-8-WAS 27 (14:22) 22-Richard Johnson ran to WAS 29 for 2 yards. Tackle by 90-John Richards.</t>
   </si>
   <si>
     <t>#65 Keith Frazier - DT</t>
   </si>
   <si>
-    <t>#75 Carl Villegas - RDE</t>
+    <t>#75 Carl Villegas - DT</t>
   </si>
   <si>
     <t>13:47</t>
   </si>
   <si>
     <t>WAS 29</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-6-WAS 29 (13:46) 22-Richard Johnson ran to WAS 28 for -1 yards. Tackle by 51-Lawrence Chandler.</t>
   </si>
   <si>
     <t>#87 James Spinelli - WR</t>
   </si>
   <si>
     <t>#32 Mohamed Espinosa - WR</t>
   </si>
   <si>
     <t>#86 Michael Massey - WR</t>
   </si>
@@ -461,78 +461,78 @@
   <si>
     <t>WAS 28</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-WAS 28 (13:03) 2-Alberto Bilbo punts 51 yards to JAX 21. 42-Jose Jordan to JAX 30 for 9 yards. Tackle by 96-Vincent Albertson.</t>
   </si>
   <si>
     <t>#2 Alberto Bilbo - P</t>
   </si>
   <si>
     <t>#42 Jose Jordan - RB</t>
   </si>
   <si>
     <t>#69 Jay Oxley - LDE</t>
   </si>
   <si>
     <t>#52 Fernando Noe - MLB</t>
   </si>
   <si>
-    <t>#27 John Putnam - FS</t>
+    <t>#27 John Putnam - DT</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>JAX 30</t>
   </si>
   <si>
     <t>Weak I Big WR Post TE Out</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-JAX 30 (12:54) 15-Damian Barnett pass complete to 42-Jose Jordan to WAS 48 for 22 yards. JAX 73-Daren Barrientos was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#15 Damian Barnett - QB</t>
   </si>
   <si>
     <t>#38 David McLaughlin - FB</t>
   </si>
   <si>
     <t>#89 Paul Melville - TE</t>
   </si>
   <si>
-    <t>#84 John Gross - TE</t>
+    <t>#84 John Gross - FB</t>
   </si>
   <si>
     <t>#80 John Johnson - WR</t>
   </si>
   <si>
     <t>#66 Graig Bachelder - LT</t>
   </si>
   <si>
     <t>#77 John Garcia - LG</t>
   </si>
   <si>
     <t>#73 Daren Barrientos - C</t>
   </si>
   <si>
     <t>#64 Craig Mund - RG</t>
   </si>
   <si>
     <t>#62 Joshua Ng - RT</t>
   </si>
   <si>
     <t>#74 William George - RDE</t>
   </si>
   <si>
     <t>#41 Timothy Ryan - FS</t>
   </si>
@@ -626,51 +626,51 @@
   <si>
     <t>10:35</t>
   </si>
   <si>
     <t>4-12-JAX 50 (10:36) 6-Jerome Shearer punts 44 yards to WAS 6. Fair Catch by 86-Michael Massey.</t>
   </si>
   <si>
     <t>#6 Jerome Shearer - P</t>
   </si>
   <si>
     <t>#76 Oliver Murphy - RG</t>
   </si>
   <si>
     <t>10:29</t>
   </si>
   <si>
     <t>WAS 6</t>
   </si>
   <si>
     <t>Weak I Big HB Dive Strong</t>
   </si>
   <si>
     <t>1-10-WAS 6 (10:30) 22-Richard Johnson ran to WAS 8 for 2 yards. Tackle by 50-Robert Coker. JAX 56-Rick Poland was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#26 Dean Buckley - CB</t>
+    <t>#26 Dean Buckley - DT</t>
   </si>
   <si>
     <t>9:51</t>
   </si>
   <si>
     <t>WAS 8</t>
   </si>
   <si>
     <t>2-8-WAS 8 (9:50) PENALTY - False Start (WAS 53-Jason Gordon)</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
   <si>
     <t>WAS 4</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>2-12-WAS 4 (9:50) 16-William Maheu pass Pass knocked down by 47-George Jenkins. incomplete, intended for 86-Michael Massey. PENALTY - Offsides (JAX 75-Carl Villegas)</t>
   </si>
   <si>
     <t>9:46</t>
   </si>
@@ -689,51 +689,51 @@
   <si>
     <t>WAS 23</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-WAS 23 (9:11) 16-William Maheu pass complete to 86-Michael Massey to WAS 36 for 13 yards. Tackle by 47-George Jenkins.</t>
   </si>
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>WAS 36</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-WAS 36 (8:27) 22-Richard Johnson ran to WAS 37 for 1 yards. Tackle by 50-Robert Coker.</t>
   </si>
   <si>
-    <t>#33 Jeremy Smith - SS</t>
+    <t>#33 Jeremy Smith - DT</t>
   </si>
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>WAS 37</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-9-WAS 37 (7:50) 71-Joe Haines ran to WAS 35 for -2 yards. Tackle by 50-Robert Coker.</t>
   </si>
   <si>
     <t>7:12</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
@@ -989,54 +989,54 @@
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>3-1-WAS 1 (11:04) 42-Jose Jordan ran for 1 yards. TOUCHDOWN! JAX 13 WAS 0</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>(11:01) Extra point GOOD by 14-Thomas McFarland. JAX 14 WAS 0</t>
   </si>
   <si>
     <t>(11:01) 14-Thomas McFarland kicks 67 yards from JAX 35 to WAS -2. 22-Richard Johnson to WAS 30 for 32 yards. Tackle by 14-Thomas McFarland. JAX 29-Kenneth Debusk was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:55</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-WAS 30 (10:56) 32-Mohamed Espinosa ran to WAS 31 for 1 yards. Tackle by 78-Terence Vogel.</t>
   </si>
   <si>
-    <t>#94 Alfonso King - SLB</t>
-[...2 lines deleted...]
-    <t>#95 John Noe - WLB</t>
+    <t>#94 Alfonso King - DT</t>
+  </si>
+  <si>
+    <t>#95 John Noe - DT</t>
   </si>
   <si>
     <t>10:20</t>
   </si>
   <si>
     <t>WAS 31</t>
   </si>
   <si>
     <t>2-9-WAS 31 (10:19) 22-Richard Johnson ran to WAS 33 for 2 yards. Tackle by 56-Rick Poland.</t>
   </si>
   <si>
     <t>9:47</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Inside</t>
   </si>
   <si>
     <t>3-7-WAS 33 (9:46) 22-Richard Johnson ran to WAS 39 for 5 yards. Tackle by 46-Bryan Hutchins.</t>
   </si>
   <si>
     <t>9:06</t>
   </si>
@@ -2189,58 +2189,58 @@
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>