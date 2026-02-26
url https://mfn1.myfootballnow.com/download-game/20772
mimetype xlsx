--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -530,63 +530,63 @@
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 24 (13:19) 5-Tommy Arnold pass complete to 82-Michael Schwartz to MIA 25 for 1 yards. Tackle by 36-Charles Glover.</t>
   </si>
   <si>
     <t>#5 Tommy Arnold - QB</t>
   </si>
   <si>
     <t>#20 Jesse Pearson - RB</t>
   </si>
   <si>
     <t>#86 Julius Watts - TE</t>
   </si>
   <si>
     <t>#11 David Cooper - WR</t>
   </si>
   <si>
     <t>#14 Leroy Castillo - WR</t>
   </si>
   <si>
     <t>#82 Michael Schwartz - WR</t>
   </si>
   <si>
-    <t>#70 George McCallum - LT</t>
-[...2 lines deleted...]
-    <t>#61 Kevin Guillory - C</t>
+    <t>#72 George McCallum - RT</t>
+  </si>
+  <si>
+    <t>#71 Kevin Guillory - LT</t>
   </si>
   <si>
     <t>#73 Michael Holmes - C</t>
   </si>
   <si>
     <t>#64 James Walden - RG</t>
   </si>
   <si>
-    <t>#75 William Sasse - RT</t>
+    <t>#75 William Sasse - LT</t>
   </si>
   <si>
     <t>#71 Ralph Roberts - LDE</t>
   </si>
   <si>
     <t>#65 George Vera - DT</t>
   </si>
   <si>
     <t>#90 Eugene Kovac - DT</t>
   </si>
   <si>
     <t>#97 Edward Dominguez - MLB</t>
   </si>
   <si>
     <t>#54 Arturo Serrano - WLB</t>
   </si>
   <si>
     <t>#27 Eric Jones - CB</t>
   </si>
   <si>
     <t>#36 Charles Glover - CB</t>
   </si>
   <si>
     <t>#49 Terry Turner - SS</t>
   </si>
@@ -1841,51 +1841,51 @@
   <si>
     <t>NYA 23</t>
   </si>
   <si>
     <t>Shotgun 5 Wide 5 WR Corner Post</t>
   </si>
   <si>
     <t>3-12-NYA 23 (4:38) 10-Gregory Moran pass incomplete, dropped by 12-Brian Flores. Pressure by 50-Felix Kaplan. 27-Charles Weiner got away with a hold on that play.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>4-12-NYA 23 (4:33) 19-Paul Mascarenas punts 56 yards to MIA 21.</t>
   </si>
   <si>
     <t>4:23</t>
   </si>
   <si>
     <t>MIA 21</t>
   </si>
   <si>
     <t>1-10-MIA 21 (4:24) 5-Tommy Arnold pass complete to 11-David Cooper to MIA 26 for 5 yards. Tackle by 27-Eric Jones.</t>
   </si>
   <si>
-    <t>#56 Delbert Aviles - LT</t>
+    <t>#76 Delbert Aviles - RT</t>
   </si>
   <si>
     <t>MIA 26</t>
   </si>
   <si>
     <t>2-5-MIA 26 (3:51) 5-Tommy Arnold pass complete to 86-Julius Watts to MIA 32 for 6 yards. Tackle by 39-Theron Goodwin.</t>
   </si>
   <si>
     <t>3:10</t>
   </si>
   <si>
     <t>1-10-MIA 32 (3:09) 42-Matthew Ulmer ran to MIA 33 for 1 yards. Tackle by 65-George Vera.</t>
   </si>
   <si>
     <t>2:38</t>
   </si>
   <si>
     <t>MIA 33</t>
   </si>
   <si>
     <t>2-9-MIA 33 (2:37) 21-Johnny Walls ran to MIA 41 for 8 yards. Tackle by 39-Theron Goodwin. PENALTY - Facemask (NYA 39-Theron Goodwin)</t>
   </si>
   <si>
     <t>2:33</t>
   </si>
@@ -2281,91 +2281,91 @@
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="308.925" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>