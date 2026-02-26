--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -344,51 +344,51 @@
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-CIN 25 (15:00) 5-Paul Wilson pass Pass knocked down by 50-Kenny Kornegay. incomplete, intended for 31-David Gentile. 96-Justin Brumbaugh got away with a hold on that play.</t>
   </si>
   <si>
     <t>#5 Paul Wilson - QB</t>
   </si>
   <si>
     <t>#31 David Gentile - RB</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#13 Clay Tobias - WR</t>
   </si>
   <si>
-    <t>#19 William White - WR</t>
+    <t>#88 William White - WR</t>
   </si>
   <si>
     <t>#64 Salvatore Cuellar - LT</t>
   </si>
   <si>
     <t>#68 Stuart Beck - LG</t>
   </si>
   <si>
     <t>#76 John Anderson - C</t>
   </si>
   <si>
     <t>#52 Joseph Peoples - RG</t>
   </si>
   <si>
     <t>#66 Brandon Hagood - RT</t>
   </si>
   <si>
     <t>#65 Charles Keaton - LDE</t>
   </si>
   <si>
     <t>#75 Jeff McGann - DT</t>
   </si>
   <si>
     <t>#56 Michael Dunn - DT</t>
   </si>