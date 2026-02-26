--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -527,63 +527,63 @@
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>1-10-CHI 32 (12:25) 5-Tommy Arnold pass complete to 82-Michael Schwartz to CHI 24 for 8 yards. Tackle by 56-Juan Dryden.</t>
   </si>
   <si>
     <t>#5 Tommy Arnold - QB</t>
   </si>
   <si>
     <t>#20 Jesse Pearson - RB</t>
   </si>
   <si>
     <t>#44 Ollie Vick - FB</t>
   </si>
   <si>
     <t>#86 Julius Watts - TE</t>
   </si>
   <si>
     <t>#11 David Cooper - WR</t>
   </si>
   <si>
     <t>#82 Michael Schwartz - WR</t>
   </si>
   <si>
-    <t>#70 George McCallum - LT</t>
-[...2 lines deleted...]
-    <t>#61 Kevin Guillory - C</t>
+    <t>#72 George McCallum - RT</t>
+  </si>
+  <si>
+    <t>#71 Kevin Guillory - LT</t>
   </si>
   <si>
     <t>#73 Michael Holmes - C</t>
   </si>
   <si>
     <t>#64 James Walden - RG</t>
   </si>
   <si>
-    <t>#75 William Sasse - RT</t>
+    <t>#75 William Sasse - LT</t>
   </si>
   <si>
     <t>#94 Scot Fick - LDE</t>
   </si>
   <si>
     <t>#98 Steve Scherr - DT</t>
   </si>
   <si>
     <t>#76 Darryl Hurt - DT</t>
   </si>
   <si>
     <t>#51 Ramon Lopez - SLB</t>
   </si>
   <si>
     <t>#58 Darnell Cloutier - MLB</t>
   </si>
   <si>
     <t>11:49</t>
   </si>
   <si>
     <t>CHI 24</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
@@ -881,51 +881,51 @@
   <si>
     <t>2-4-MIA 48 (2:08) 5-Tommy Arnold pass complete to 42-Matthew Ulmer to CHI 44 for 8 yards. Tackle by 44-Darryl Atkinson.</t>
   </si>
   <si>
     <t>#42 Matthew Ulmer - RB</t>
   </si>
   <si>
     <t>1:22</t>
   </si>
   <si>
     <t>CHI 44</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-CHI 44 (1:21) 5-Tommy Arnold pass complete to 82-Michael Schwartz to CHI 43 for 1 yards. Tackle by 49-Donald Cronk. MIA 70-George McCallum was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>0:44</t>
   </si>
   <si>
     <t>2-9-CHI 43 (0:43) 5-Tommy Arnold pass complete to 11-David Cooper to CHI 34 for 9 yards. Tackle by 44-Darryl Atkinson.</t>
   </si>
   <si>
-    <t>#56 Delbert Aviles - LT</t>
+    <t>#76 Delbert Aviles - RT</t>
   </si>
   <si>
     <t>0:06</t>
   </si>
   <si>
     <t>CHI 34</t>
   </si>
   <si>
     <t>Singleback Normal Quick Slant</t>
   </si>
   <si>
     <t>1-10-CHI 34 (0:05) 5-Tommy Arnold pass complete to 20-Jesse Pearson to CHI 32 for 2 yards. Tackle by 48-Anthony Carpenter.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
@@ -2294,52 +2294,52 @@
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>