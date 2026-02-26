--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -284,66 +284,66 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>ATL has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Steven Levasseur kicks 75 yards from ATL 35 to DAL -10. Touchback.</t>
   </si>
   <si>
     <t>#9 Roger Firth - WR</t>
   </si>
   <si>
-    <t>#78 Charles Couey - RDE</t>
+    <t>#72 Charles Couey - DT</t>
   </si>
   <si>
     <t>#43 Jack Harris - MLB</t>
   </si>
   <si>
     <t>#27 John Dearborn - CB</t>
   </si>
   <si>
     <t>#37 Kevin Tapp - SS</t>
   </si>
   <si>
     <t>#21 Chester Highsmith - CB</t>
   </si>
   <si>
-    <t>#76 Robert McCullough - LDE</t>
+    <t>#64 Robert McCullough - LDE</t>
   </si>
   <si>
     <t>#45 Preston Martel - MLB</t>
   </si>
   <si>
     <t>#20 Benjamin Houck - CB</t>
   </si>
   <si>
     <t>#79 Sean Boyce - RDE</t>
   </si>
   <si>
     <t>#25 Robert Murphy - CB</t>
   </si>
   <si>
     <t>#7 Steven Levasseur - K</t>
   </si>
   <si>
     <t>DAL</t>
   </si>
   <si>
     <t>DAL 25</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
@@ -638,51 +638,51 @@
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>DAL 34</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-DAL 34 (8:36) 7-Steven Levasseur 51 yard field goal is GOOD. ATL 3 DAL 0</t>
   </si>
   <si>
     <t>#78 Robert Williams - C</t>
   </si>
   <si>
     <t>#71 John Moylan - LT</t>
   </si>
   <si>
     <t>#75 Hector Burr - RT</t>
   </si>
   <si>
-    <t>#75 Joseph Lamb - RDE</t>
+    <t>#76 Joseph Lamb - RDE</t>
   </si>
   <si>
     <t>#41 Andrew Turner - WLB</t>
   </si>
   <si>
     <t>8:32</t>
   </si>
   <si>
     <t>(8:33) 7-Steven Levasseur kicks 75 yards from ATL 35 to DAL -10. Touchback.</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DAL 25 (8:33) 31-Jonathan Aiken ran to DAL 26 for 1 yards. Tackle by 97-Jeffrey Torres.</t>
   </si>
   <si>
     <t>#7 Peter Black - WR</t>
   </si>
   <si>
     <t>#6 Ryan Figueroa - FS</t>
   </si>
@@ -1070,51 +1070,51 @@
   <si>
     <t>1-10-DAL 42 (3:46) 9-Matthew Kiser pass complete to 12-Paul McMillan to DAL 41 for 1 yards. Tackle by 20-Benjamin Houck. 12-Paul McMillan did some fancy footwork there. ATL 79-Merle Robinson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:11</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-9-DAL 41 (3:10) 9-Matthew Kiser pass complete to 82-Alfred Colvin to DAL 31 for 10 yards. Tackle by 21-Chester Highsmith. DAL 73-Wade Friese was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:33</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Zone Rotate Strong</t>
   </si>
   <si>
     <t>1-10-DAL 31 (2:32) 27-Leonard Marshall ran to DAL 28 for 3 yards. Tackle by 42-Peter Lambert.</t>
   </si>
   <si>
-    <t>#72 Norman Muff - DT</t>
+    <t>#68 Norman Muff - DT</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>DAL 28</t>
   </si>
   <si>
     <t>2-7-DAL 28 (2:00) 47-Frank Upshaw ran to DAL 31 for -3 yards. Tackle by 45-Preston Martel.</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>Timeout ATL</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
@@ -2200,79 +2200,79 @@
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="25.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>