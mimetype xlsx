--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -287,72 +287,72 @@
   <si>
     <t>JAX has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DEN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Kenneth Smith kicks 74 yards from DEN 35 to JAX -9. Touchback.</t>
   </si>
   <si>
     <t>#42 Jose Jordan - RB</t>
   </si>
   <si>
     <t>#69 Jay Oxley - LDE</t>
   </si>
   <si>
-    <t>#50 Robert Coker - WLB</t>
-[...8 lines deleted...]
-    <t>#75 Carl Villegas - RDE</t>
+    <t>#50 Robert Coker - LDE</t>
+  </si>
+  <si>
+    <t>#47 George Jenkins - MLB</t>
+  </si>
+  <si>
+    <t>#29 Kenneth Debusk - DT</t>
+  </si>
+  <si>
+    <t>#75 Carl Villegas - DT</t>
   </si>
   <si>
     <t>#52 Fernando Noe - MLB</t>
   </si>
   <si>
-    <t>#58 John Gray - RDE</t>
+    <t>#58 John Gray - LDE</t>
   </si>
   <si>
     <t>#70 Matthew Dragoo - DT</t>
   </si>
   <si>
-    <t>#56 Rick Poland - LDE</t>
+    <t>#56 Rick Poland - DT</t>
   </si>
   <si>
     <t>#65 Keith Frazier - DT</t>
   </si>
   <si>
     <t>#3 Kenneth Smith - K</t>
   </si>
   <si>
     <t>JAX</t>
   </si>
   <si>
     <t>JAX 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-JAX 25 (15:00) 15-Damian Barnett pass complete to 42-Jose Jordan to JAX 44 for 19 yards. Pushed out of bounds by 24-Zachery Obrien. PENALTY - Holding (JAX 64-Craig Mund)</t>
   </si>
   <si>
     <t>#15 Damian Barnett - QB</t>
   </si>
@@ -488,114 +488,114 @@
   <si>
     <t>12:59</t>
   </si>
   <si>
     <t>JAX 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-JAX 32 (12:58) 6-Jerome Shearer punts 49 yards to DEN 19. Fair Catch by 15-Brian Gonzales.</t>
   </si>
   <si>
     <t>#6 Jerome Shearer - P</t>
   </si>
   <si>
     <t>#76 Oliver Murphy - RG</t>
   </si>
   <si>
     <t>#15 Brian Gonzales - WR</t>
   </si>
   <si>
-    <t>#84 John Gross - TE</t>
+    <t>#84 John Gross - FB</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>DEN 19</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-DEN 19 (12:51) 12-Joshua Pursel pass complete to 42-Harold Flores to DEN 20 for 1 yards. Tackle by 35-Billy Owens.</t>
   </si>
   <si>
     <t>#12 Joshua Pursel - QB</t>
   </si>
   <si>
     <t>#42 Harold Flores - RB</t>
   </si>
   <si>
     <t>#43 Neil Blair - FB</t>
   </si>
   <si>
     <t>#89 Richard Zamora - TE</t>
   </si>
   <si>
     <t>#17 Brandon Saldana - WR</t>
   </si>
   <si>
     <t>#81 Michael Biron - WR</t>
   </si>
   <si>
     <t>#68 Enrique Gaither - LT</t>
   </si>
   <si>
     <t>#62 Carlos Martinez - LG</t>
   </si>
   <si>
     <t>#57 Loren Rivera - C</t>
   </si>
   <si>
     <t>#61 Edward Silvey - RG</t>
   </si>
   <si>
     <t>#54 David Ozuna - RT</t>
   </si>
   <si>
-    <t>#90 John Richards - SLB</t>
+    <t>#90 John Richards - LDE</t>
   </si>
   <si>
     <t>#51 Lawrence Chandler - MLB</t>
   </si>
   <si>
-    <t>#35 Billy Owens - CB</t>
-[...5 lines deleted...]
-    <t>#46 Bryan Hutchins - FS</t>
+    <t>#35 Billy Owens - DT</t>
+  </si>
+  <si>
+    <t>#26 Dean Buckley - DT</t>
+  </si>
+  <si>
+    <t>#46 Bryan Hutchins - DT</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>Timeout DEN</t>
   </si>
   <si>
     <t>12:21</t>
   </si>
   <si>
     <t>DEN 20</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>2-9-DEN 20 (12:22) 42-Harold Flores ran to DEN 19 for -1 yards. Tackle by 50-Robert Coker.</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
@@ -842,51 +842,51 @@
   <si>
     <t>DEN 42</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-6-DEN 42 (4:36) 42-Harold Flores ran to DEN 46 for 4 yards. Tackle by 90-John Richards. JAX 50-Robert Coker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:56</t>
   </si>
   <si>
     <t>DEN 46</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>3-2-DEN 46 (3:55) 42-Harold Flores ran to DEN 46 for a short loss. Tackle by 95-John Noe. DEN 15-Brian Gonzales was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#95 John Noe - WLB</t>
+    <t>#95 John Noe - DT</t>
   </si>
   <si>
     <t>3:20</t>
   </si>
   <si>
     <t>4-2-DEN 46 (3:19) 7-Richard Pearce punts 38 yards to JAX 16.</t>
   </si>
   <si>
     <t>3:09</t>
   </si>
   <si>
     <t>JAX 16</t>
   </si>
   <si>
     <t>1-10-JAX 16 (3:10) 15-Damian Barnett pass complete to 87-Jerry Costa to JAX 22 for 6 yards. Tackle by 39-Harold King. Great move by 87-Jerry Costa to get free of his coverage.</t>
   </si>
   <si>
     <t>2:36</t>
   </si>
   <si>
     <t>JAX 22</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
@@ -1304,51 +1304,51 @@
   <si>
     <t>#69 George Johnson - RG</t>
   </si>
   <si>
     <t>0:19</t>
   </si>
   <si>
     <t>1-10-DEN 20 (0:20) 42-Harold Flores ran to DEN 23 for 3 yards. Tackle by 90-John Richards.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 14-Thomas McFarland kicks 74 yards from JAX 35 to DEN -9. 17-Brandon Saldana to DEN 15 for 25 yards. Tackle by 47-George Jenkins.</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-DEN 15 (14:57) 42-Harold Flores ran to DEN 21 for 7 yards. Tackle by 35-Billy Owens.</t>
   </si>
   <si>
-    <t>#33 Jeremy Smith - SS</t>
+    <t>#33 Jeremy Smith - DT</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>DEN 21</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-3-DEN 21 (14:16) 12-Joshua Pursel pass incomplete, dropped by 43-Neil Blair.</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>3-3-DEN 21 (14:13) PENALTY - False Start (DEN 61-Edward Silvey)</t>
   </si>
   <si>
     <t>3-8-DEN 16 (14:13) 12-Joshua Pursel pass complete to 42-Harold Flores to DEN 23 for 7 yards. Pushed out of bounds by 35-Billy Owens. Great move by 42-Harold Flores to get free of his coverage.</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
@@ -1403,51 +1403,51 @@
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>DEN 37</t>
   </si>
   <si>
     <t>1-10-DEN 37 (11:27) 12-Joshua Pursel pass incomplete, intended for 43-Neil Blair. Pressure by 56-Rick Poland.</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>2-10-DEN 37 (11:22) 12-Joshua Pursel pass incomplete, dropped by 17-Brandon Saldana.</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>3-10-DEN 37 (11:19) 12-Joshua Pursel pass complete to 42-Harold Flores to DEN 37 for a short gain. Tackle by 26-Dean Buckley. 42-Harold Flores breaks down the CB.</t>
   </si>
   <si>
-    <t>#94 Alfonso King - SLB</t>
+    <t>#94 Alfonso King - DT</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>4-10-DEN 37 (10:43) 7-Richard Pearce punts 42 yards to JAX 20. Fair Catch by 42-Jose Jordan.</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>JAX 20</t>
   </si>
   <si>
     <t>1-10-JAX 20 (10:37) 15-Damian Barnett pass INTERCEPTED by 6-Charles Wotring at JAX 27. 6-Charles Wotring to JAX 27 for -0 yards. Tackle by 89-Paul Melville. Pressure by 79-Harold Stirling.</t>
   </si>
   <si>
     <t>10:31</t>
   </si>
   <si>
     <t>1-10-JAX 27 (10:32) 42-Harold Flores ran to JAX 29 for -2 yards. Tackle by 90-John Richards.</t>
   </si>
   <si>
     <t>9:49</t>
   </si>
@@ -2384,73 +2384,73 @@
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="314.923" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>