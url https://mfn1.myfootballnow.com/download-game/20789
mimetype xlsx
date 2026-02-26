--- v0 (2026-02-04)
+++ v1 (2026-02-26)
@@ -287,51 +287,51 @@
   <si>
     <t>NOS has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 11-James Beale kicks 73 yards from CIN 35 to NOS -8. Touchback.</t>
   </si>
   <si>
     <t>#44 Willian Tucker - SS</t>
   </si>
   <si>
     <t>#20 Gary William - FS</t>
   </si>
   <si>
-    <t>#70 Emil Demoss - DT</t>
+    <t>#79 Emil Demoss - DT</t>
   </si>
   <si>
     <t>#92 Mark Parker - MLB</t>
   </si>
   <si>
     <t>#97 John Hemphill - WLB</t>
   </si>
   <si>
     <t>#94 Orville Sapp - WLB</t>
   </si>
   <si>
     <t>#44 Clay Briggs - CB</t>
   </si>
   <si>
     <t>#72 Richard Ristau - LDE</t>
   </si>
   <si>
     <t>#84 Charles Uresti - WR</t>
   </si>
   <si>
     <t>#10 Samuel Keyser - WR</t>
   </si>
   <si>
     <t>#31 Edward Vincent - CB</t>
   </si>
@@ -668,51 +668,51 @@
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-CIN 25 (7:20) 5-Paul Wilson pass incomplete, intended for 14-Robert Patterson.</t>
   </si>
   <si>
     <t>#5 Paul Wilson - QB</t>
   </si>
   <si>
     <t>#43 David Ambrose - FB</t>
   </si>
   <si>
     <t>#14 Robert Patterson - WR</t>
   </si>
   <si>
     <t>#13 Clay Tobias - WR</t>
   </si>
   <si>
-    <t>#19 William White - WR</t>
+    <t>#88 William White - WR</t>
   </si>
   <si>
     <t>#64 Salvatore Cuellar - LT</t>
   </si>
   <si>
     <t>#68 Stuart Beck - LG</t>
   </si>
   <si>
     <t>#76 John Anderson - C</t>
   </si>
   <si>
     <t>#52 Joseph Peoples - RG</t>
   </si>
   <si>
     <t>#66 Brandon Hagood - RT</t>
   </si>
   <si>
     <t>#96 Jack Vallo - DT</t>
   </si>
   <si>
     <t>#98 Mark Roberts - MLB</t>
   </si>
   <si>
     <t>#95 Joe Green - SLB</t>
   </si>