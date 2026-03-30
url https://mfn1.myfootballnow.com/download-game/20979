--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>MIA has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Daniel Liller kicks 73 yards from MIA 35 to NOS -8. 41-Glenn Hunt to NOS 27 for 36 yards. Tackle by 36-Ruben Lopez. 35-John Reynolds completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>#41 Glenn Hunt - RB</t>
   </si>
   <si>
-    <t>#54 Sean Boyce - RDE</t>
+    <t>#72 Sean Boyce - LDE</t>
   </si>
   <si>
     <t>#97 John Hemphill - WLB</t>
   </si>
   <si>
     <t>#99 James Gupta - DT</t>
   </si>
   <si>
     <t>#31 Edward Vincent - CB</t>
   </si>
   <si>
     <t>#94 Orville Sapp - WLB</t>
   </si>
   <si>
     <t>#44 Clay Briggs - CB</t>
   </si>
   <si>
     <t>#92 Mark Parker - MLB</t>
   </si>
   <si>
     <t>#72 Richard Ristau - LDE</t>
   </si>
   <si>
     <t>#35 John Reynolds - SS</t>
   </si>
@@ -362,54 +362,54 @@
   <si>
     <t>#39 Michael Buhl - RB</t>
   </si>
   <si>
     <t>#80 John Clay - TE</t>
   </si>
   <si>
     <t>#15 Myron Haggerty - WR</t>
   </si>
   <si>
     <t>#89 George Jones - WR</t>
   </si>
   <si>
     <t>#62 James Hall - LT</t>
   </si>
   <si>
     <t>#77 Sidney Lassiter - LG</t>
   </si>
   <si>
     <t>#73 Thomas Williams - C</t>
   </si>
   <si>
     <t>#60 Frank Park - RG</t>
   </si>
   <si>
-    <t>#73 Roger Trevino - RT</t>
-[...2 lines deleted...]
-    <t>#50 Felix Kaplan - LDE</t>
+    <t>#50 Roger Trevino - RT</t>
+  </si>
+  <si>
+    <t>#93 Felix Kaplan - RDE</t>
   </si>
   <si>
     <t>#68 Timothy Adkins - DT</t>
   </si>
   <si>
     <t>#94 Edward Hall - DT</t>
   </si>
   <si>
     <t>#99 Paul Torbert - RDE</t>
   </si>
   <si>
     <t>#53 Philip Bostick - SLB</t>
   </si>
   <si>
     <t>#54 Brian Silverberg - MLB</t>
   </si>
   <si>
     <t>#52 Dan Cooper - WLB</t>
   </si>
   <si>
     <t>#35 David Blackmon - CB</t>
   </si>
   <si>
     <t>#37 Walter Jenkins - CB</t>
   </si>
@@ -437,99 +437,99 @@
   <si>
     <t>#48 Mikel Lacour - FS</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>NOS 24</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Dime Normal Double WR1</t>
   </si>
   <si>
     <t>3-13-NOS 24 (13:35) 9-John Koch pass complete to 80-Chet Lowman to NOS 41 for 17 yards. Tackle by 35-Ramon Green. 35-Ramon Green got away with a hold on that play. PENALTY - Holding (NOS 39-Michael Buhl)</t>
   </si>
   <si>
     <t>#80 Chet Lowman - WR</t>
   </si>
   <si>
     <t>#20 Mike McCarthy - CB</t>
   </si>
   <si>
-    <t>#27 Charles Weiner - CB</t>
-[...2 lines deleted...]
-    <t>#35 Ramon Green - CB</t>
+    <t>#24 Charles Weiner - CB</t>
+  </si>
+  <si>
+    <t>#27 Ramon Green - CB</t>
   </si>
   <si>
     <t>#36 Ruben Lopez - SS</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>NOS 14</t>
   </si>
   <si>
     <t>3-23-NOS 14 (13:28) 9-John Koch pass complete to 84-Charles Uresti to NOS 15 for 1 yards. Tackle by 52-Dan Cooper.</t>
   </si>
   <si>
     <t>#86 Israel Pape - WR</t>
   </si>
   <si>
     <t>#17 Rodolfo Militello - WR</t>
   </si>
   <si>
     <t>#51 Aaron Johnson - MLB</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>NOS 15</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-22-NOS 15 (12:51) 7-Gary Anderson punts 48 yards to MIA 36. Fair Catch by 42-Matthew Ulmer. MIA 53-Philip Bostick was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#7 Gary Anderson - P</t>
   </si>
   <si>
     <t>#42 Matthew Ulmer - RB</t>
   </si>
   <si>
-    <t>#95 Greg Stanley - MLB</t>
+    <t>#55 Greg Stanley - MLB</t>
   </si>
   <si>
     <t>#57 David Palacio - LG</t>
   </si>
   <si>
     <t>#79 Ron Johnston - C</t>
   </si>
   <si>
     <t>#69 Jonathan Alston - RG</t>
   </si>
   <si>
     <t>#56 Paul Whitney - LG</t>
   </si>
   <si>
     <t>#75 Henry Green - LT</t>
   </si>
   <si>
     <t>#58 Chris Barrett - RDE</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>MIA 36</t>
   </si>
@@ -758,147 +758,147 @@
   <si>
     <t>MIA 20</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-MIA 20 (7:02) 28-Ronald Luna ran to MIA 9 for 10 yards. Tackle by 40-Gregory Castillo.</t>
   </si>
   <si>
     <t>6:17</t>
   </si>
   <si>
     <t>MIA 9</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>1-9-MIA 9 (6:16) 39-Michael Buhl ran to MIA 15 for -5 yards. Tackle by 50-Felix Kaplan.</t>
   </si>
   <si>
-    <t>#74 Harry Brown - LG</t>
+    <t>#65 Harry Brown - LG</t>
   </si>
   <si>
     <t>5:42</t>
   </si>
   <si>
     <t>MIA 15</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>2-15-MIA 15 (5:41) 28-Ronald Luna ran to MIA 6 for 9 yards. Tackle by 27-Charles Weiner.</t>
   </si>
   <si>
     <t>5:07</t>
   </si>
   <si>
     <t>MIA 6</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-6-MIA 6 (5:06) 17-Rodolfo Militello ran to MIA 1 for 4 yards. Tackle by 40-Gregory Castillo.</t>
   </si>
   <si>
     <t>4:33</t>
   </si>
   <si>
     <t>MIA 1</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-MIA 1 (4:32) 3-Thomas Spielman 19 yard field goal is GOOD. MIA 0 NOS 3</t>
   </si>
   <si>
     <t>#2 Martin Newsome - QB</t>
   </si>
   <si>
-    <t>#3 Thomas Spielman - K</t>
+    <t>#4 Thomas Spielman - K</t>
   </si>
   <si>
     <t>#76 Adam Wilson - RG</t>
   </si>
   <si>
     <t>#65 William Vandyke - LT</t>
   </si>
   <si>
     <t>4:29</t>
   </si>
   <si>
     <t>NOS 35</t>
   </si>
   <si>
     <t>(4:30) 3-Thomas Spielman kicks 74 yards from NOS 35 to MIA -9. Touchback.</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>Singleback Normal Quick Slant</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 25 (4:30) 5-Tommy Arnold pass complete to 41-John Roth to MIA 34 for 9 yards. Tackle by 20-Gary William. 41-John Roth breaks down the CB.</t>
   </si>
   <si>
     <t>3:54</t>
   </si>
   <si>
     <t>MIA 34</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>2-1-MIA 34 (3:53) 42-Matthew Ulmer ran to MIA 36 for 2 yards. Tackle by 97-John Hemphill. NOS 32-David Harris was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#91 Randall Nadeau - MLB</t>
   </si>
   <si>
     <t>3:15</t>
   </si>
   <si>
     <t>1-10-MIA 36 (3:14) 20-Jesse Pearson ran to MIA 39 for 3 yards. Tackle by 97-John Hemphill.</t>
   </si>
   <si>
-    <t>#20 Jesse Pearson - RB</t>
+    <t>#39 Jesse Pearson - RB</t>
   </si>
   <si>
     <t>#33 Fredrick Jackson - CB</t>
   </si>
   <si>
     <t>2:36</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>2-7-MIA 39 (2:35) 44-Ollie Vick ran to MIA 47 for 8 yards. Tackle by 33-Fredrick Jackson.</t>
   </si>
   <si>
     <t>1:58</t>
   </si>
   <si>
     <t>MIA 47</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-MIA 47 (1:57) 5-Tommy Arnold pass complete to 80-Danny Nolette to NOS 42 for 12 yards. Tackle by 31-Edward Vincent. MIA 66-Paul Duck was injured on the play. He looks like he should be able to return.</t>
   </si>